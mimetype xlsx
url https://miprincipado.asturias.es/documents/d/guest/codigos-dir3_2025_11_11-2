--- v0 (2026-01-16)
+++ v1 (2026-03-02)
@@ -1,70 +1,295 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
-  <workbookPr defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+  <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\CELIAMFA\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\CELIAMFA\Desktop\Salud 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="240" yWindow="90" windowWidth="20730" windowHeight="8780"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11910"/>
   </bookViews>
   <sheets>
-    <sheet name="DIR3_2025_11_11" sheetId="1" r:id="rId1"/>
+    <sheet name="20260212112820_unidadesOrganica" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="145621"/>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="861" uniqueCount="861">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="873" uniqueCount="873">
   <si>
     <t>A03002951 v1-Principado de Asturias</t>
   </si>
   <si>
+    <t>A03028736 v5-Consejería de Ciencia, Industria y Empleo</t>
+  </si>
+  <si>
+    <t>A03008795 v7-Agencia de Ciencia, Competitividad Empresarial e Innovación</t>
+  </si>
+  <si>
+    <t>A03028953 v6-Fundación para el Fomento en Asturias de la Investigación Científica Aplicada y la Tecnología (FICYT)</t>
+  </si>
+  <si>
+    <t>A03024015 v7-Sociedad de Promoción Exterior del Principado de Asturias, S.A. (ASTUREX)</t>
+  </si>
+  <si>
+    <t>A03023988 v4-Ciudad Industrial Valle del Nalón, S.A.U. (VALNALON)</t>
+  </si>
+  <si>
+    <t>A03023990 v4-Consorcio del Recinto de Ferias y Exposiciones de Asturias</t>
+  </si>
+  <si>
+    <t>A03028875 v7-Dirección General de Empleo y Asuntos Laborales</t>
+  </si>
+  <si>
+    <t>A03003918 v7-Servicio de Ordenación Laboral</t>
+  </si>
+  <si>
+    <t>A03003919 v7-Servicio de Relaciones Laborales</t>
+  </si>
+  <si>
+    <t>A03045481 v6-Dirección General de Empresa y Comercio</t>
+  </si>
+  <si>
+    <t>A03028882 v8-Servicio de Emprendedores y Economía Social</t>
+  </si>
+  <si>
+    <t>A03045482 v6-Servicio de Empresas y Pymes</t>
+  </si>
+  <si>
+    <t>A03028878 v8-Servicio de Gestión y Calidad Comercial</t>
+  </si>
+  <si>
+    <t>A03028946 v7-Dirección General de Innovación, Investigación y Transformación Digital</t>
+  </si>
+  <si>
+    <t>A03028947 v8-Servicio de I+D+I y Observatorio Asturiano de la Innovación</t>
+  </si>
+  <si>
+    <t>A03028948 v7-Servicio de Telecomunicaciones</t>
+  </si>
+  <si>
+    <t>A03028949 v5-Dirección General de Universidad</t>
+  </si>
+  <si>
+    <t>A03028945 v5-Servicio de Gestión Universitaria</t>
+  </si>
+  <si>
+    <t>A03005863 v7-Entidad Pública Servicio de Investigación y Desarrollo Agroalimentario del Principado de Asturias (SERIDA)</t>
+  </si>
+  <si>
+    <t>A03005890 v7-Dirección-Gerencia del Serv. Reg. de Investigación y Desarrollo Agroalimentario</t>
+  </si>
+  <si>
+    <t>A03005904 v7-Departamento de Administración y Apoyo</t>
+  </si>
+  <si>
+    <t>A03005906 v7-Área de Apoyo y Medios Auxiliares</t>
+  </si>
+  <si>
+    <t>A03005908 v7-Biblioteca, Archivo y Documentación</t>
+  </si>
+  <si>
+    <t>A03005907 v7-Econometría, Estadística e Informática</t>
+  </si>
+  <si>
+    <t>A03005909 v7-Área de Coordinación de la Estación Experimental de Grado</t>
+  </si>
+  <si>
+    <t>A03005905 v7-Área de Gestión Presupuestaria, Contratación y Personal</t>
+  </si>
+  <si>
+    <t>A03005891 v7-Departamento de Investigación</t>
+  </si>
+  <si>
+    <t>A03005896 v7-Área de Cultivos Hortofrutícolas y Forestales</t>
+  </si>
+  <si>
+    <t>A03005895 v7-Área de Genética y Reproducción Animal</t>
+  </si>
+  <si>
+    <t>A03005893 v7-Área de Nutrición, Pastos y Forrajes</t>
+  </si>
+  <si>
+    <t>A03005894 v7-Área de Sanidad Animal</t>
+  </si>
+  <si>
+    <t>A03005892 v7-Área de Sistemas de Producción Animal</t>
+  </si>
+  <si>
+    <t>A03005897 v7-Área de Tecnología de los Alimentos</t>
+  </si>
+  <si>
+    <t>A03005898 v7-Departamento Tecnológico y de Servicios</t>
+  </si>
+  <si>
+    <t>A03005903 v7-Área de Agroalimentación</t>
+  </si>
+  <si>
+    <t>A03005901 v7-Área de Experimentación y Demostración Agroforestal</t>
+  </si>
+  <si>
+    <t>A03005900 v7-Área de Experimentación y Demostración Ganadera</t>
+  </si>
+  <si>
+    <t>A03005902 v7-Área de Selección y Reproducción Animal</t>
+  </si>
+  <si>
+    <t>A03005899 v7-Área de Transferencia y Formación</t>
+  </si>
+  <si>
+    <t>A03023995 v4-Fundación Asturiana de la Energía (FAEN)</t>
+  </si>
+  <si>
+    <t>A03023997 v4-Fundación Barredo</t>
+  </si>
+  <si>
+    <t>A03023999 v6-Fundación Comarcas Mineras para la Formación y Promoción del Empleo (FUCOMI)</t>
+  </si>
+  <si>
+    <t>A03024033 v4-Fundación de Nuevas Tecnologías y Cultura - Museo de la Minería y de la Industria (FUNDATEC-MUMI)</t>
+  </si>
+  <si>
+    <t>A03024001 v6-Fundación para el Fomento de la Economía Social (FFES)</t>
+  </si>
+  <si>
+    <t>A03024003 v6-Fundación Servicio Asturiano de Solución Extrajudicial de Conflictos (SASEC)</t>
+  </si>
+  <si>
+    <t>A03028954 v5-Gestión de Infraestructuras Públicas de Telecomunicaciones del Principado de Asturias, S.A. (GITPA)</t>
+  </si>
+  <si>
+    <t>A03024008 v4-Inspección Técnica de Vehículos de Asturias, S.A.U. (ITVASA)</t>
+  </si>
+  <si>
+    <t>A03005854 v6-Instituto Asturiano de Prevención de Riesgos Laborales</t>
+  </si>
+  <si>
+    <t>A03028950 v5-Secretaría General Técnica</t>
+  </si>
+  <si>
+    <t>A03045479 v4-Servicio de Apoyo Técnico y Seguimiento de Fondos Europeos</t>
+  </si>
+  <si>
+    <t>A03028951 v5-Servicio de Asuntos Generales</t>
+  </si>
+  <si>
+    <t>A03028952 v5-Servicio de Contratación y Régimen Jurídico</t>
+  </si>
+  <si>
+    <t>A03005841 v6-Servicio Público de Empleo del Principado de Asturias</t>
+  </si>
+  <si>
+    <t>A03047836 v4-Servicio de Centro de Orientación, Emprendimiento e Innovación para el Empleo</t>
+  </si>
+  <si>
+    <t>A03005912 v7-Servicio de Comunicación y Observatorio de las Ocupaciones</t>
+  </si>
+  <si>
+    <t>A03047832 v4-Servicio de Contratación y Régimen Jurídico</t>
+  </si>
+  <si>
+    <t>A03019893 v6-Servicio de Gestión de Centros Propios y Programas de Empleo - Formación</t>
+  </si>
+  <si>
+    <t>A03047834 v4-Servicio de Gestión de la Formación</t>
+  </si>
+  <si>
+    <t>A03005911 v6-Servicio de Intermediación Laboral</t>
+  </si>
+  <si>
+    <t>A03047835 v4-Servicio de Programación y Seguimiento de la Formación</t>
+  </si>
+  <si>
+    <t>A03005910 v6-Servicio de Programas de Empleo</t>
+  </si>
+  <si>
+    <t>A03047833 v4-Servicio de Régimen Presupuestario y Personal</t>
+  </si>
+  <si>
+    <t>A03033935 v6-Sociedad para la Gestión y Promoción del Suelo, S.A. (SOGEPSA)</t>
+  </si>
+  <si>
+    <t>A03024020 v4-Sociedad Regional de Promoción del Principado de Asturias, S.A. (SRP)</t>
+  </si>
+  <si>
+    <t>A03024021 v4-Srp Participaciones, S.L.</t>
+  </si>
+  <si>
+    <t>A03045478 v4-Subdirección General para la Estrategia del Modelo de Región y Atracción de Inversiones</t>
+  </si>
+  <si>
+    <t>A03028872 v7-Viceconsejería de Industria</t>
+  </si>
+  <si>
+    <t>A03028873 v10-Dirección General de Energía y Minería</t>
+  </si>
+  <si>
+    <t>A03003934 v10-Servicio de Energías Renovables y Eficiencia Energética</t>
+  </si>
+  <si>
+    <t>A03003933 v11-Servicio de Gestión Energética</t>
+  </si>
+  <si>
+    <t>A03028874 v11-Servicio de Minas</t>
+  </si>
+  <si>
+    <t>A03003913 v4-Servicio de Asesoramiento Jurídico Administrativo</t>
+  </si>
+  <si>
+    <t>A03003936 v7-Servicio de Fluidos y Metrología</t>
+  </si>
+  <si>
+    <t>A03003935 v10-Servicio de Política Industrial</t>
+  </si>
+  <si>
+    <t>A03052832 v3-Servicio de Seguimiento y Gestión de Fondos</t>
+  </si>
+  <si>
     <t>A03028318 v6-Consejería de Cultura, Política Llingüística y Deporte</t>
   </si>
   <si>
     <t>A03028342 v6-Centro Regional de Bellas Artes</t>
   </si>
   <si>
     <t>A03028341 v6-Comisión Asesora del Museo Barjola</t>
   </si>
   <si>
     <t>A03028340 v6-Consorcio para la Gestión del Museo Etnográfico de Grandas de Salime</t>
   </si>
   <si>
     <t>A03028927 v7-Dirección General de Acción Cultural y Normalización Llingüística</t>
   </si>
   <si>
     <t>A03028926 v9-Servicio de Acción Cultural</t>
   </si>
   <si>
     <t>A03051112 v1-Servicio de Planificación y Normalización Lingüística</t>
   </si>
   <si>
     <t>A03028930 v7-Dirección General de Actividad Física y Deporte</t>
   </si>
   <si>
     <t>A03048432 v1-Servicio de Normativa y Regulación Deportiva</t>
@@ -135,51 +360,51 @@
   <si>
     <t>A03028313 v1-Consejería de Derechos Sociales y Bienestar</t>
   </si>
   <si>
     <t>A03028842 v3-Agencia Asturiana de Cooperación al Desarrollo</t>
   </si>
   <si>
     <t>A03033942 v3-Servicio de Cooperación al Desarrollo</t>
   </si>
   <si>
     <t>A03028906 v1-Dirección General de Gestión de Derechos Sociales</t>
   </si>
   <si>
     <t>A03028907 v1-Servicio de Atención a la Dependencia</t>
   </si>
   <si>
     <t>A03028908 v1-Servicio de Gestión del Salario Social Básico y Otras Prestaciones Económicas</t>
   </si>
   <si>
     <t>A03045377 v1-Servicio de Inclusión de Prestaciones Básicas de Servicios Sociales</t>
   </si>
   <si>
     <t>A03028905 v4-Dirección General de Infancia y Familias</t>
   </si>
   <si>
-    <t>A03045378 v2-Servicio de Promoción de Derechos, Apoyo Familiar y Protección</t>
+    <t>A03045378 v3-Servicio de Infancia y Familias</t>
   </si>
   <si>
     <t>A03028903 v2-Dirección General de Innovación y Cambio Social</t>
   </si>
   <si>
     <t>A03016121 v3-Servicio de Innovación Social</t>
   </si>
   <si>
     <t>A03028904 v2-Dirección General de Promoción de la Autonomía Personal y Mayores</t>
   </si>
   <si>
     <t>A03016124 v3-Servicio de Autonomía Personal y Mayores</t>
   </si>
   <si>
     <t>A03016123 v3-Servicio de Gestión de Plazas y Centros</t>
   </si>
   <si>
     <t>A03005843 v1-Establecimientos Residenciales para Ancianos de Asturias</t>
   </si>
   <si>
     <t>A03006403 v1-Apartamentos Era - Covadonga (Oviedo)</t>
   </si>
   <si>
     <t>A03006409 v1-Apartamentos Era - Gijón (GIJÓN)</t>
   </si>
@@ -309,101 +534,1292 @@
   <si>
     <t>A03003841 v1-Secretaría General Técnica</t>
   </si>
   <si>
     <t>A03003959 v1-Letrado del Anciano</t>
   </si>
   <si>
     <t>A03003958 v1-Letrado del Menor</t>
   </si>
   <si>
     <t>A03003956 v1-Servicio de Asuntos Generales</t>
   </si>
   <si>
     <t>A03050316 v1-Servicio de Contratación</t>
   </si>
   <si>
     <t>A03033953 v5-Servicio de Inspección</t>
   </si>
   <si>
     <t>A03003957 v2-Servicio de Régimen Jurídico</t>
   </si>
   <si>
     <t>A03028343 v1-Consejería de Educación</t>
   </si>
   <si>
+    <t>A03054612 v1-Centro de Innovación y Formación de la Formación Profesional del Principado de Asturias</t>
+  </si>
+  <si>
+    <t>A03028734 v2-Consejo Asturiano de la Formación Profesional</t>
+  </si>
+  <si>
     <t>A03028733 v1-Consejo Escolar del Principado de Asturias</t>
   </si>
   <si>
+    <t>A03028884 v4-Dirección General de Centros y Red 0-3 Años</t>
+  </si>
+  <si>
+    <t>A03028885 v8-Servicio de Centros</t>
+  </si>
+  <si>
+    <t>A03054572 v2- E.E.I. Escuelina Los Cuscurrusquinos""</t>
+  </si>
+  <si>
+    <t>A03028355 v8-C.E.E. Castiello de Bernueces""</t>
+  </si>
+  <si>
+    <t>A03028356 v8-C.E.E. Juan Luis Iglesias Prada""</t>
+  </si>
+  <si>
+    <t>A03028357 v8-C.E.E. San Cristóbal""</t>
+  </si>
+  <si>
+    <t>A03028358 v8-C.E.E. Santullano""</t>
+  </si>
+  <si>
+    <t>A03028359 v8-Centro de Educación de Personas Adultas Centro-Oriente""</t>
+  </si>
+  <si>
+    <t>A03028360 v8-Centro de Educación de Personas Adultas de Avilés</t>
+  </si>
+  <si>
+    <t>A03028361 v8-Centro de Educación de Personas Adultas de Gijón</t>
+  </si>
+  <si>
+    <t>A03028362 v8-Centro de Educación de Personas Adultas de Oviedo</t>
+  </si>
+  <si>
+    <t>A03028363 v8-Centro de Educación de Personas Adultas del Caudal</t>
+  </si>
+  <si>
+    <t>A03028364 v8-Centro de Educación de Personas Adultas del Nalón</t>
+  </si>
+  <si>
+    <t>A03028365 v8-Centro de Educación de Personas Adultas del Noroccidente</t>
+  </si>
+  <si>
+    <t>A03028366 v8-Centro de Educación de Personas Adultas del Suroccidente</t>
+  </si>
+  <si>
+    <t>A03028367 v8-Centro de Educación de Personas Adultas Oriente Costa""</t>
+  </si>
+  <si>
+    <t>A03028368 v8-Centro de Educación de Personas Adultas Oriente Interior""</t>
+  </si>
+  <si>
+    <t>A03028369 v8-Centro de Educación de Personas Adultas Villardeveyo""</t>
+  </si>
+  <si>
+    <t>A03028370 v8-Centro Integ. de F.P. del Mantenimiento y los Servicios a la Producción</t>
+  </si>
+  <si>
+    <t>A03028371 v8-Centro Integrado de Formación Profesional de Avilés</t>
+  </si>
+  <si>
+    <t>A03028374 v9-Centro Integrado de Formación Profesional de Cerdeño</t>
+  </si>
+  <si>
+    <t>A03028375 v9-Centro Integrado de Formación Profesional de Comunicación, Imagen y Sonido</t>
+  </si>
+  <si>
+    <t>A03028376 v9-Centro Integrado de Formación Profesional de Hostelería y Turismo</t>
+  </si>
+  <si>
+    <t>A03028377 v9-Centro Integrado de Formación Profesional de los Sectores Industrial y de Servicios</t>
+  </si>
+  <si>
+    <t>A03028372 v8-Centro Integrado de Formación Profesional del Deporte</t>
+  </si>
+  <si>
+    <t>A03028373 v9-Centro Integrado de Formación Profesional del Mar</t>
+  </si>
+  <si>
+    <t>A03028378 v8-Colegio de Educación Especial</t>
+  </si>
+  <si>
+    <t>A03028379 v8-Colegio Público de Berducedo</t>
+  </si>
+  <si>
+    <t>A03028380 v8-Colegio Público de Cornellana</t>
+  </si>
+  <si>
+    <t>A03028381 v8-Colegio Público de Lugo de Llanera</t>
+  </si>
+  <si>
+    <t>A03028382 v8-Colegio Público de Moreda</t>
+  </si>
+  <si>
+    <t>A03028383 v8-Colegio Público de Nueva</t>
+  </si>
+  <si>
+    <t>A03028384 v8-Colegio Público de Prado</t>
+  </si>
+  <si>
+    <t>A03028385 v8-Colegio Público de Rioturbio</t>
+  </si>
+  <si>
+    <t>A03028386 v8-Colegio Público de Villapendi</t>
+  </si>
+  <si>
+    <t>A03028387 v8-Colegio Público El Truébanu""</t>
+  </si>
+  <si>
+    <t>A03028388 v8-Colegio Público L'ablanu</t>
+  </si>
+  <si>
+    <t>A03028389 v8-Colegio Público Valdellera""</t>
+  </si>
+  <si>
+    <t>A03028392 v8-Conservatorio Profesional de Música Anselmo González del Valle""</t>
+  </si>
+  <si>
+    <t>A03028393 v8-Conservatorio Profesional de Música y Danza</t>
+  </si>
+  <si>
+    <t>A03028394 v8-Conservatorio Superior de Música Eduardo Martínez Torner""</t>
+  </si>
+  <si>
+    <t>A03028395 v8-C.P. Ablaña-Pereda""</t>
+  </si>
+  <si>
+    <t>A03028396 v8-C.P. Alcalde Próspero Martínez Suárez""</t>
+  </si>
+  <si>
+    <t>A03028397 v8-C.P. Alejandro Casona""</t>
+  </si>
+  <si>
+    <t>A03028398 v8-C.P. Alfonso Camín""</t>
+  </si>
+  <si>
+    <t>A03028399 v8-C.P. Álvaro Flórez Estrada""</t>
+  </si>
+  <si>
+    <t>A03028400 v8-C.P. Aniceto Sela""</t>
+  </si>
+  <si>
+    <t>A03028401 v8-C.P. Antonio Machado""</t>
+  </si>
+  <si>
+    <t>A03028402 v8-C.P. Apolinar García Hevia""</t>
+  </si>
+  <si>
+    <t>A03028403 v8-C.P. Asturamérica""</t>
+  </si>
+  <si>
+    <t>A03028404 v8-C.P. Asturias""</t>
+  </si>
+  <si>
+    <t>A03028405 v8-C.P. Atalía""</t>
+  </si>
+  <si>
+    <t>A03028406 v8-C.P. Baudilio Arce""</t>
+  </si>
+  <si>
+    <t>A03028407 v8-C.P. Begoña""</t>
+  </si>
+  <si>
+    <t>A03028408 v8-C.P. Bello""</t>
+  </si>
+  <si>
+    <t>A03028409 v8-C.P. Belmonte de Miranda""</t>
+  </si>
+  <si>
+    <t>A03028410 v8-C.P. Benedicto Bembibre Torre?"</t>
+  </si>
+  <si>
+    <t>A03028411 v8-C.P. Benjamín Mateo""</t>
+  </si>
+  <si>
+    <t>A03028412 v8-C.P. Bernardo Gurdiel-La Cruz""</t>
+  </si>
+  <si>
+    <t>A03028614 v9-C.P. Bimeda""</t>
+  </si>
+  <si>
+    <t>A03028413 v8-C.P. Braulio Vigón""</t>
+  </si>
+  <si>
+    <t>A03028612 v9-C.P. Bruelles""</t>
+  </si>
+  <si>
+    <t>A03028414 v8-C.P. Buenavista I""</t>
+  </si>
+  <si>
+    <t>A03028415 v8-C.P. Buenavista II""</t>
+  </si>
+  <si>
+    <t>A03028416 v8-C.P. Cabueñes""</t>
+  </si>
+  <si>
+    <t>A03028417 v8-C.P. Carbayín Bajo""</t>
+  </si>
+  <si>
+    <t>A03028418 v8-C.P. Carmen Ruiz-Tilve""</t>
+  </si>
+  <si>
+    <t>A03028419 v8-C.P. Castillo de Gauzón""</t>
+  </si>
+  <si>
+    <t>A03028420 v8-C.P. Celestino Montoto Suárez""</t>
+  </si>
+  <si>
+    <t>A03028421 v8-C.P. Chamberí""</t>
+  </si>
+  <si>
+    <t>A03028422 v8-C.P. Clara Campoamor""</t>
+  </si>
+  <si>
+    <t>A03028423 v8-C.P. Clarín""</t>
+  </si>
+  <si>
+    <t>A03028425 v8-C.P. Condado de Noreña""</t>
+  </si>
+  <si>
+    <t>A03028426 v8-C.P. Cotayo""</t>
+  </si>
+  <si>
+    <t>A03028427 v8-C.P. Darío Freán Barreira""</t>
+  </si>
+  <si>
+    <t>A03028428 v8-C.P. Dolores Medio""</t>
+  </si>
+  <si>
+    <t>A03028429 v8-C.P. Eduardo Martínez Torner""</t>
+  </si>
+  <si>
+    <t>A03028430 v8-C.P. El Bosquín""</t>
+  </si>
+  <si>
+    <t>A03028431 v8-C.P. El Carbayu""</t>
+  </si>
+  <si>
+    <t>A03028432 v8-C.P. El Coto""</t>
+  </si>
+  <si>
+    <t>A03028433 v8-C.P. El Llano""</t>
+  </si>
+  <si>
+    <t>A03028434 v8-C.P. El Parque""</t>
+  </si>
+  <si>
+    <t>A03028435 v8-C.P. El Pascón""</t>
+  </si>
+  <si>
+    <t>A03028436 v8-C.P. El Plaganón""</t>
+  </si>
+  <si>
+    <t>A03028437 v8-C.P. El Quirinal""</t>
+  </si>
+  <si>
+    <t>A03028438 v8-C.P. El Vallín""</t>
+  </si>
+  <si>
+    <t>A03028439 v8-C.P. El Villar""</t>
+  </si>
+  <si>
+    <t>A03028440 v8-C.P. Elena Sánchez Tamargo""</t>
+  </si>
+  <si>
+    <t>A03028441 v8-C.P. Enrique Alonso""</t>
+  </si>
+  <si>
+    <t>A03028442 v8-C.P. Eulalia Álvarez Lorenzo""</t>
+  </si>
+  <si>
+    <t>A03028443 v8-C.P. Evaristo Valle""</t>
+  </si>
+  <si>
+    <t>A03028444 v8-C.P. Federico García Lorca""</t>
+  </si>
+  <si>
+    <t>A03028445 v8-C.P. Felechosa""</t>
+  </si>
+  <si>
+    <t>A03028446 v8-C.P. Fozaneldi""</t>
+  </si>
+  <si>
+    <t>A03028447 v8-C.P. Francisco Fernández González""</t>
+  </si>
+  <si>
+    <t>A03028448 v8-C.P. Gaspar Melchor de Jovellanos""</t>
+  </si>
+  <si>
+    <t>A03028449 v8-C.P. Germán Fernández Ramos""</t>
+  </si>
+  <si>
+    <t>A03028450 v8-C.P. Gervasio Ramos""</t>
+  </si>
+  <si>
+    <t>A03028451 v8-C.P. GESTA I-II""</t>
+  </si>
+  <si>
+    <t>A03028453 v8-C.P. Granda""</t>
+  </si>
+  <si>
+    <t>A03028455 v8-C.P. Hermanos Arregui""</t>
+  </si>
+  <si>
+    <t>A03028456 v8-C.P. Honesto Batalón""</t>
+  </si>
+  <si>
+    <t>A03028457 v8-C.P. Horacio Fernández Inguanzo""</t>
+  </si>
+  <si>
+    <t>A03028458 v8-C.P. Illano""</t>
+  </si>
+  <si>
+    <t>A03028459 v8-C.P. Jacinto Benavente""</t>
+  </si>
+  <si>
+    <t>A03028460 v8-C.P. Jesús Álvarez Valdés""</t>
+  </si>
+  <si>
+    <t>A03028461 v8-C.P. Jesús Neira""</t>
+  </si>
+  <si>
+    <t>A03028452 v9-C.P. Jimi Pérez Lorente""</t>
+  </si>
+  <si>
+    <t>A03028462 v8-C.P. José Bernardo""</t>
+  </si>
+  <si>
+    <t>A03028424 v9-C.P. José Luis Capitán-Colloto""</t>
+  </si>
+  <si>
+    <t>A03028463 v8-C.P. José Luis García Rodríguez""</t>
+  </si>
+  <si>
+    <t>A03028464 v8-C.P. Jovellanos" (Peñamellera Baja)"</t>
+  </si>
+  <si>
+    <t>A03028465 v8-C.P. Jovellanos" (Vegadeo)"</t>
+  </si>
+  <si>
+    <t>A03028466 v8-C.P. Juan Rodríguez Muñiz""</t>
+  </si>
+  <si>
+    <t>A03028468 v8-C.P. Julio Rodríguez Villanueva""</t>
+  </si>
+  <si>
+    <t>A03028469 v8-C.P. La Canal""</t>
+  </si>
+  <si>
+    <t>A03028470 v8-C.P. La Carriona-Miranda""</t>
+  </si>
+  <si>
+    <t>A03028471 v8-C.P. La Corredoria""</t>
+  </si>
+  <si>
+    <t>A03028472 v8-C.P. La Ería" (Oviedo)"</t>
+  </si>
+  <si>
+    <t>A03028473 v8-C.P. La Ería" (Siero)"</t>
+  </si>
+  <si>
+    <t>A03028531 v9-C.P. La Escuelona""</t>
+  </si>
+  <si>
+    <t>A03028474 v8-C.P. La Fresneda""</t>
+  </si>
+  <si>
+    <t>A03028475 v8-C.P. La Llamiella""</t>
+  </si>
+  <si>
+    <t>A03028476 v8-C.P. La Paloma""</t>
+  </si>
+  <si>
+    <t>A03028477 v8-C.P. La Plaza""</t>
+  </si>
+  <si>
+    <t>A03028478 v8-C.P. La Vallina""</t>
+  </si>
+  <si>
+    <t>A03028479 v8-C.P. Las Vegas" (Corvera)"</t>
+  </si>
+  <si>
+    <t>A03028480 v8-C.P. Las Vegas" (Mieres)"</t>
+  </si>
+  <si>
+    <t>A03028481 v8-C.P. Laviada""</t>
+  </si>
+  <si>
+    <t>A03028482 v8-C.P. Liceo Mierense""</t>
+  </si>
+  <si>
+    <t>A03028483 v8-C.P. Llaranes""</t>
+  </si>
+  <si>
+    <t>A03028484 v8-C.P. Llerón-Clarín""</t>
+  </si>
+  <si>
+    <t>A03028485 v8-C.P. Lloreu""</t>
+  </si>
+  <si>
+    <t>A03028486 v8-C.P. Logrezana""</t>
+  </si>
+  <si>
+    <t>A03028487 v8-C.P. Lorenzo Novo Mier""</t>
+  </si>
+  <si>
+    <t>A03028488 v8-C.P. Los Campones""</t>
+  </si>
+  <si>
+    <t>A03028489 v8-C.P. Los Campos" (Corvera)"</t>
+  </si>
+  <si>
+    <t>A03028490 v8-C.P. Los Campos" (Gijón)"</t>
+  </si>
+  <si>
+    <t>A03028491 v8-C.P. Los Pericones""</t>
+  </si>
+  <si>
+    <t>A03028492 v8-C.P. Maestra Humbelina Alonso Carreño""</t>
+  </si>
+  <si>
+    <t>A03028493 v8-C.P. Maestro Casanova""</t>
+  </si>
+  <si>
+    <t>A03028494 v8-C.P. MAESTRO JAIME BORRÁS""</t>
+  </si>
+  <si>
+    <t>A03028495 v8-C.P. Maliayo""</t>
+  </si>
+  <si>
+    <t>A03028496 v8-C.P. Manuel Álvarez Iglesias""</t>
+  </si>
+  <si>
+    <t>A03028497 v8-C.P. Manuel Fernández Juncos""</t>
+  </si>
+  <si>
+    <t>A03028498 v8-C.P. Manuel Martínez Blanco""</t>
+  </si>
+  <si>
+    <t>A03028499 v8-C.P. Marcelo Gago""</t>
+  </si>
+  <si>
+    <t>A03028500 v8-C.P. Marcos del Torniello""</t>
+  </si>
+  <si>
+    <t>A03028501 v8-C.P. Martimporra""</t>
+  </si>
+  <si>
+    <t>A03028502 v8-C.P. Matemático Pedrayes""</t>
+  </si>
+  <si>
+    <t>A03028503 v8-C.P. Maximiliano Arboleya""</t>
+  </si>
+  <si>
+    <t>A03028504 v8-C.P. Miguel de Cervantes""</t>
+  </si>
+  <si>
+    <t>A03028454 v10-C.P. Mirta Morán" (Guimarán-Valle)"</t>
+  </si>
+  <si>
+    <t>A03028505 v8-C.P. Montevil""</t>
+  </si>
+  <si>
+    <t>A03028506 v8-C.P. Montiana""</t>
+  </si>
+  <si>
+    <t>A03028507 v8-C.P. Narciso Sánchez""</t>
+  </si>
+  <si>
+    <t>A03028508 v8-C.P. Nicanor Piñole""</t>
+  </si>
+  <si>
+    <t>A03028509 v8-C.P. Noega""</t>
+  </si>
+  <si>
+    <t>A03028510 v8-C.P. Nuestra Señora de la Humildad""</t>
+  </si>
+  <si>
+    <t>A03028511 v8-C.P. OBANCA""</t>
+  </si>
+  <si>
+    <t>A03028512 v8-C.P. Pablo Iglesias""</t>
+  </si>
+  <si>
+    <t>A03028513 v8-C.P. Pablo Miaja""</t>
+  </si>
+  <si>
+    <t>A03028514 v8-C.P. Padre Galo""</t>
+  </si>
+  <si>
+    <t>A03028515 v8-C.P. Padre Nicolás Albuerne""</t>
+  </si>
+  <si>
+    <t>A03028516 v8-C.P. Palacio Valdés""</t>
+  </si>
+  <si>
+    <t>A03028517 v8-C.P. Parque Infantil""</t>
+  </si>
+  <si>
+    <t>A03028518 v8-C.P. Pedro Penzol""</t>
+  </si>
+  <si>
+    <t>A03028519 v8-C.P. Peña Tú""</t>
+  </si>
+  <si>
+    <t>A03028520 v8-C.P. Pinzales""</t>
+  </si>
+  <si>
+    <t>A03028521 v8-C.P. Plácido Beltrán""</t>
+  </si>
+  <si>
+    <t>A03028522 v8-C.P. Poeta Ángel González""</t>
+  </si>
+  <si>
+    <t>A03028523 v8-C.P. Poeta Antón de Mari-Reguera""</t>
+  </si>
+  <si>
+    <t>A03028524 v8-C.P. Poeta Juan Ochoa""</t>
+  </si>
+  <si>
+    <t>A03028525 v8-C.P. Prieto Bances""</t>
+  </si>
+  <si>
+    <t>A03028526 v8-C.P. Príncipe de Asturias" (Gijón)"</t>
+  </si>
+  <si>
+    <t>A03028527 v8-C.P. Príncipe de Asturias" (Las Regueras)"</t>
+  </si>
+  <si>
+    <t>A03028528 v8-C.P. Príncipe de Asturias" (Tapia de Casariego)"</t>
+  </si>
+  <si>
+    <t>A03028467 v10-C.P. Pumarín</t>
+  </si>
+  <si>
+    <t>A03028529 v8-C.P. Ramón de Campoamor" (Gijón)"</t>
+  </si>
+  <si>
+    <t>A03028530 v8-C.P. Ramón de Campoamor" (Navia)"</t>
+  </si>
+  <si>
+    <t>A03028532 v8-C.P. Ramón Muñoz""</t>
+  </si>
+  <si>
+    <t>A03028533 v8-C.P. Reconquista""</t>
+  </si>
+  <si>
+    <t>A03028534 v8-C.P. Regino Menéndez Antuña""</t>
+  </si>
+  <si>
+    <t>A03028535 v8-C.P. Rengos""</t>
+  </si>
+  <si>
+    <t>A03028536 v8-C.P. Rey Aurelio""</t>
+  </si>
+  <si>
+    <t>A03028537 v8-C.P. Rey Pelayo""</t>
+  </si>
+  <si>
+    <t>A03028538 v8-C.P. Río Piles""</t>
+  </si>
+  <si>
+    <t>A03028539 v8-C.P. Río Sella""</t>
+  </si>
+  <si>
+    <t>A03028540 v8-C.P. Sabugo""</t>
+  </si>
+  <si>
+    <t>A03028541 v8-C.P. Salvador Vega Berros""</t>
+  </si>
+  <si>
+    <t>A03028542 v8-C.P. San Bartolomé""</t>
+  </si>
+  <si>
+    <t>A03028543 v8-C.P. San Claudio""</t>
+  </si>
+  <si>
+    <t>A03028544 v8-C.P. San Cucao""</t>
+  </si>
+  <si>
+    <t>A03028545 v8-C.P. San Félix""</t>
+  </si>
+  <si>
+    <t>A03028546 v8-C.P. San Jorge""</t>
+  </si>
+  <si>
+    <t>A03028547 v8-C.P. San José de Calasanz""</t>
+  </si>
+  <si>
+    <t>A03028548 v8-C.P. San Lázaro-Escuelas Blancas""</t>
+  </si>
+  <si>
+    <t>A03028549 v8-C.P. San Miguel""</t>
+  </si>
+  <si>
+    <t>A03028550 v8-C.P. San Pedro""</t>
+  </si>
+  <si>
+    <t>A03028551 v8-C.P. San Pedro de los Arcos""</t>
+  </si>
+  <si>
+    <t>A03028552 v8-C.P. Santa Bárbara" (Aller)"</t>
+  </si>
+  <si>
+    <t>A03028553 v8-C.P. Santa Bárbara" (Siero)"</t>
+  </si>
+  <si>
+    <t>A03028554 v8-C.P. Santa Eulalia""</t>
+  </si>
+  <si>
+    <t>A03028555 v8-C.P. Santa Eulalia de Mérida""</t>
+  </si>
+  <si>
+    <t>A03028556 v8-C.P. Santa Olaya""</t>
+  </si>
+  <si>
+    <t>A03028557 v8-C.P. Santiago Apostol""</t>
+  </si>
+  <si>
+    <t>A03028558 v8-C.P. Severo Ochoa""</t>
+  </si>
+  <si>
+    <t>A03028560 v8-C.P. Teodoro Cuesta""</t>
+  </si>
+  <si>
+    <t>A03028561 v8-C.P. Tremañes""</t>
+  </si>
+  <si>
+    <t>A03028562 v8-C.P. Tudela de Veguín""</t>
+  </si>
+  <si>
+    <t>A03028563 v8-C.P. Turiellos""</t>
+  </si>
+  <si>
+    <t>A03028564 v8-C.P. Valdepares""</t>
+  </si>
+  <si>
+    <t>A03028565 v8-C.P. Vega de Guceo""</t>
+  </si>
+  <si>
+    <t>A03028566 v8-C.P. Veneranda Manzano""</t>
+  </si>
+  <si>
+    <t>A03028567 v8-C.P. Ventanielles""</t>
+  </si>
+  <si>
+    <t>A03028568 v8-C.P. Ventura Paz Suárez""</t>
+  </si>
+  <si>
+    <t>A03028569 v8-C.P. Verdeamor""</t>
+  </si>
+  <si>
+    <t>A03028570 v8-C.P. Versalles""</t>
+  </si>
+  <si>
+    <t>A03028571 v8-C.P. Villafría de Otero""</t>
+  </si>
+  <si>
+    <t>A03028572 v8-C.P. Villalegre""</t>
+  </si>
+  <si>
+    <t>A03028391 v9-C.P. Villayón""</t>
+  </si>
+  <si>
+    <t>A03028573 v8-C.P. Virgen de Alba""</t>
+  </si>
+  <si>
+    <t>A03028574 v8-C.P. Virgen de las Mareas""</t>
+  </si>
+  <si>
+    <t>A03028575 v8-C.P. Virgen del Fresno""</t>
+  </si>
+  <si>
+    <t>A03028576 v8-C.P. Vital Aza""</t>
+  </si>
+  <si>
+    <t>A03028577 v8-C.P. Xentiquina""</t>
+  </si>
+  <si>
+    <t>A03028578 v8-C.P. Xove""</t>
+  </si>
+  <si>
+    <t>A03028579 v8-C.P.E.B. Aurelio Menéndez""</t>
+  </si>
+  <si>
+    <t>A03028580 v8-C.P.E.B. Carlos Bousoño""</t>
+  </si>
+  <si>
+    <t>A03028581 v8-C.P.E.B. de Cabañaquinta</t>
+  </si>
+  <si>
+    <t>A03028582 v8-C.P.E.B. de Cerredo</t>
+  </si>
+  <si>
+    <t>A03028583 v8-C.P.E.B. de Colombres</t>
+  </si>
+  <si>
+    <t>A03028584 v8-C.P.E.B. de las Arenas</t>
+  </si>
+  <si>
+    <t>A03028585 v8-C.P.E.B. de Pola de Allande</t>
+  </si>
+  <si>
+    <t>A03028586 v8-C.P.E.B. El Salvador""</t>
+  </si>
+  <si>
+    <t>A03028587 v8-C.P.E.B. Príncipe Felipe""</t>
+  </si>
+  <si>
+    <t>A03028588 v8-C.P.R. Avilés-Occidente""</t>
+  </si>
+  <si>
+    <t>A03028589 v8-C.P.R. Cuencas Mineras""</t>
+  </si>
+  <si>
+    <t>A03028590 v8-C.P.R. Gijón-Oriente""</t>
+  </si>
+  <si>
+    <t>A03028591 v8-C.P.R. Oviedo""</t>
+  </si>
+  <si>
+    <t>A03028592 v8-C.R.A. Alto Nalón""</t>
+  </si>
+  <si>
+    <t>A03028593 v8-C.R.A. Bajo Nalón""</t>
+  </si>
+  <si>
+    <t>A03028594 v8-C.R.A. Cabu Peñes""</t>
+  </si>
+  <si>
+    <t>A03028595 v8-C.R.A. Castrillón-Illas""</t>
+  </si>
+  <si>
+    <t>A03028596 v8-C.R.A. Eugenia Astur-Espina""</t>
+  </si>
+  <si>
+    <t>A03028597 v8-C.R.A. Gera-Cuarto de los Valles""</t>
+  </si>
+  <si>
+    <t>A03028598 v8-C.R.A. La Coroña""</t>
+  </si>
+  <si>
+    <t>A03028600 v8-C.R.A. Lena""</t>
+  </si>
+  <si>
+    <t>A03028599 v9-C.R.A. Les Mariñes""</t>
+  </si>
+  <si>
+    <t>A03028601 v8-C.R.A. Llanes Número Dos""</t>
+  </si>
+  <si>
+    <t>A03028602 v8-C.R.A. Llanes Número Uno""</t>
+  </si>
+  <si>
+    <t>A03028603 v8-C.R.A. Maestro José Antonio Robles""</t>
+  </si>
+  <si>
+    <t>A03028604 v8-C.R.A. Occidente""</t>
+  </si>
+  <si>
+    <t>A03028605 v8-C.R.A. Oscos""</t>
+  </si>
+  <si>
+    <t>A03028606 v8-C.R.A. Picos de Europa""</t>
+  </si>
+  <si>
+    <t>A03028607 v8-C.R.A. Pintor Álvaro Delgado""</t>
+  </si>
+  <si>
+    <t>A03028608 v8-C.R.A. Ría del Eo""</t>
+  </si>
+  <si>
+    <t>A03028609 v8-C.R.A. Río Cibea""</t>
+  </si>
+  <si>
+    <t>A03028610 v8-C.R.A. San Martín""</t>
+  </si>
+  <si>
+    <t>A03028611 v8-C.R.A. Santana""</t>
+  </si>
+  <si>
+    <t>A03028613 v8-C.R.A. Tapia-Castropol""</t>
+  </si>
+  <si>
+    <t>A03028390 v10-C.R.A. Viella""</t>
+  </si>
+  <si>
+    <t>A03028615 v8-E.E.I.  Infanta Leonor""</t>
+  </si>
+  <si>
+    <t>A03028616 v8-E.E.I. Alejandro  Casona""</t>
+  </si>
+  <si>
+    <t>A03054853 v1-E.E.I. Bernardo Sopeña""</t>
+  </si>
+  <si>
+    <t>A03055152 v1-E.E.I. de Corvera</t>
+  </si>
+  <si>
+    <t>A03028617 v8-E.E.I. El Fuejo""</t>
+  </si>
+  <si>
+    <t>A03053954 v1-E.E.I. Escolía A Lúa""</t>
+  </si>
+  <si>
+    <t>A03051973 v4-E.E.I. Escolía As Paxarías""</t>
+  </si>
+  <si>
+    <t>A03051975 v4-E.E.I. Escolía El Cabás""</t>
+  </si>
+  <si>
+    <t>A03054653 v2-E.E.I. Escuelina Carbayoninos""</t>
+  </si>
+  <si>
+    <t>A03054852 v1-E.E.I. Escuelina Curriverás""</t>
+  </si>
+  <si>
+    <t>A03054252 v1-E.E.I. Escuelina El Castañéu""</t>
+  </si>
+  <si>
+    <t>A03052872 v4-E.E.I. Escuelina La Parpayuela" "</t>
+  </si>
+  <si>
+    <t>A03053952 v1-E.E.I. Escuelina La Reciella""</t>
+  </si>
+  <si>
+    <t>A03053955 v1-E.E.I. Escuelina La Veiga""</t>
+  </si>
+  <si>
+    <t>A03051974 v5-E.E.I. Escuelina Los Indianinos""</t>
+  </si>
+  <si>
+    <t>A03054854 v1-E.E.I. Escuelina Los Nuberinos""</t>
+  </si>
+  <si>
+    <t>A03054872 v1-E.E.I. Escuelina Los Polesinos""</t>
+  </si>
+  <si>
+    <t>A03053953 v1-E.E.I. Escuelina Los Riberinos""</t>
+  </si>
+  <si>
+    <t>A03053132 v4-E.E.I. Escuelina Minerucos""</t>
+  </si>
+  <si>
+    <t>A03028618 v8-E.E.I. Gloria Fuertes""</t>
+  </si>
+  <si>
+    <t>A03028619 v8-E.E.I. José Zorrilla""</t>
+  </si>
+  <si>
+    <t>A03028620 v8-E.E.I. La Mata""</t>
+  </si>
+  <si>
+    <t>A03054873 v1-E.E.I. La Oliva de Villaviciosa""</t>
+  </si>
+  <si>
+    <t>A03028621 v8-E.E.I. Las Mestas""</t>
+  </si>
+  <si>
+    <t>A03028622 v8-E.E.I. Miguel Hernández""</t>
+  </si>
+  <si>
+    <t>A03028623 v8-E.E.I. Peña Careses""</t>
+  </si>
+  <si>
+    <t>A03028624 v8-E.H. Reconquista""</t>
+  </si>
+  <si>
+    <t>A03028625 v8-Equipo de Orientación Educativa de Avilés</t>
+  </si>
+  <si>
+    <t>A03028626 v8-Equipo de Orientación Educativa de Gijón</t>
+  </si>
+  <si>
+    <t>A03028627 v8-Equipo de Orientación Educativa de Grado</t>
+  </si>
+  <si>
+    <t>A03028628 v8-Equipo de Orientación Educativa de Noroccidente</t>
+  </si>
+  <si>
+    <t>A03028629 v8-Equipo de Orientación Educativa de Oriente</t>
+  </si>
+  <si>
+    <t>A03028630 v8-Equipo de Orientación Educativa de Oviedo</t>
+  </si>
+  <si>
+    <t>A03028631 v8-Equipo de Orientación Educativa de Siero-Infiesto</t>
+  </si>
+  <si>
+    <t>A03028632 v8-Equipo de Orientación Educativa de Suroccidente</t>
+  </si>
+  <si>
+    <t>A03028633 v8-Equipo de Orientación Educativa del Caudal</t>
+  </si>
+  <si>
+    <t>A03028634 v8-Equipo de Orientación Educativa del Nalón</t>
+  </si>
+  <si>
+    <t>A03028635 v8-Equipo Regional Atención al Alumnado con Necesidad Específica de Apoyo Educativo</t>
+  </si>
+  <si>
+    <t>A03028636 v8-Escuela de Arte</t>
+  </si>
+  <si>
+    <t>A03028638 v8-Escuela de Educación Infantil de Riego Arriba</t>
+  </si>
+  <si>
+    <t>A03028639 v8-Escuela Hogar (Belmonte de Miranda)</t>
+  </si>
+  <si>
+    <t>A03028640 v8-Escuela Hogar (Cangas del Narcea)</t>
+  </si>
+  <si>
+    <t>A03028641 v8-Escuela Oficial de Idiomas (Avilés)</t>
+  </si>
+  <si>
+    <t>A03028642 v8-Escuela Oficial de Idiomas (Cangas del Narcea)</t>
+  </si>
+  <si>
+    <t>A03028643 v8-Escuela Oficial de Idiomas (Gijón)</t>
+  </si>
+  <si>
+    <t>A03028644 v8-Escuela Oficial de Idiomas (Langreo)</t>
+  </si>
+  <si>
+    <t>A03028645 v8-Escuela Oficial de Idiomas (Llanes)</t>
+  </si>
+  <si>
+    <t>A03028646 v8-Escuela Oficial de Idiomas (Mieres)</t>
+  </si>
+  <si>
+    <t>A03028647 v8-Escuela Oficial de Idiomas (Oviedo)</t>
+  </si>
+  <si>
+    <t>A03028648 v8-Escuela Oficial de Idiomas (Valdés)</t>
+  </si>
+  <si>
+    <t>A03028649 v8-Escuela Superior de Arte</t>
+  </si>
+  <si>
+    <t>A03028650 v8-Escuela Superior de Arte Dramático</t>
+  </si>
+  <si>
+    <t>A03028651 v8-I.E.S. Alfonso II""</t>
+  </si>
+  <si>
+    <t>A03028652 v8-I.E.S. Alto Nalón""</t>
+  </si>
+  <si>
+    <t>A03028653 v8-I.E.S. Aramo""</t>
+  </si>
+  <si>
+    <t>A03028654 v8-I.E.S. Arzobispo Valdés-Salas""</t>
+  </si>
+  <si>
+    <t>A03028655 v8-I.E.S. Astures""</t>
+  </si>
+  <si>
+    <t>A03028656 v8-I.E.S. Avelina Cerra""</t>
+  </si>
+  <si>
+    <t>A03028657 v8-I.E.S. Bernaldo de Quirós""</t>
+  </si>
+  <si>
+    <t>A03028658 v8-I.E.S. Calderón de la Barca""</t>
+  </si>
+  <si>
+    <t>A03028659 v8-I.E.S. Cangas del Narcea""</t>
+  </si>
+  <si>
+    <t>A03028660 v8-I.E.S. Carmen y Severo Ochoa""</t>
+  </si>
+  <si>
+    <t>A03028661 v8-I.E.S. Carreño Miranda""</t>
+  </si>
+  <si>
+    <t>A03028662 v8-I.E.S. César Rodríguez""</t>
+  </si>
+  <si>
+    <t>A03028663 v8-I.E.S. Concejo de Tineo""</t>
+  </si>
+  <si>
+    <t>A03028664 v8-I.E.S. CORVERA DE ASTURIAS""</t>
+  </si>
+  <si>
+    <t>A03028665 v8-I.E.S. Cristo del Socorro""</t>
+  </si>
+  <si>
+    <t>A03028666 v8-I.E.S. Cuenca del Nalón""</t>
+  </si>
+  <si>
+    <t>A03028667 v8-I.E.S. David Vázquez Martínez""</t>
+  </si>
+  <si>
+    <t>A03028668 v8-I.E.S. Doctor Fleming""</t>
+  </si>
+  <si>
+    <t>A03028669 v8-I.E.S. Doña Jimena""</t>
+  </si>
+  <si>
+    <t>A03028670 v8-I.E.S. El  Piles""</t>
+  </si>
+  <si>
+    <t>A03028671 v8-I.E.S. El Batán""</t>
+  </si>
+  <si>
+    <t>A03028672 v8-I.E.S. El Sueve""</t>
+  </si>
+  <si>
+    <t>A03028673 v8-I.E.S. Elisa y Luis Villamil""</t>
+  </si>
+  <si>
+    <t>A03028674 v8-I.E.S. Emilio Alarcos""</t>
+  </si>
+  <si>
+    <t>A03028675 v8-I.E.S Escultor Juan de Villanueva""</t>
+  </si>
+  <si>
+    <t>A03028676 v8-I.E.S. Fernández Vallín""</t>
+  </si>
+  <si>
+    <t>A03028677 v8-I.E.S. Galileo Galilei""</t>
+  </si>
+  <si>
+    <t>A03028678 v8-I.E.S. Isla de la Deva""</t>
+  </si>
+  <si>
+    <t>A03028679 v8-I.E.S. Jerónimo González""</t>
+  </si>
+  <si>
+    <t>A03028680 v8-I.E.S. Jovellanos""</t>
+  </si>
+  <si>
+    <t>A03028681 v8-I.E.S. Juan José Calvo Miguel""</t>
+  </si>
+  <si>
+    <t>A03028682 v8-I.E.S. La Corredoria""</t>
+  </si>
+  <si>
+    <t>A03028683 v8-I.E.S. La Ería""</t>
+  </si>
+  <si>
+    <t>A03038334 v8-I.E.S. La Fresneda""</t>
+  </si>
+  <si>
+    <t>A03028684 v8-I.E.S. La Magdalena""</t>
+  </si>
+  <si>
+    <t>A03028685 v8-I.E.S. La Quintana""</t>
+  </si>
+  <si>
+    <t>A03028686 v8-I.E.S. Leopoldo Alas Clarín""</t>
+  </si>
+  <si>
+    <t>A03028719 v9-I.E.S. Llanera""</t>
+  </si>
+  <si>
+    <t>A03028687 v8-I.E.S. Luces""</t>
+  </si>
+  <si>
+    <t>A03054372 v1-I.E.S. Margarita Salas""</t>
+  </si>
+  <si>
+    <t>A03028688 v8-I.E.S. Marqués de Casariego""</t>
+  </si>
+  <si>
+    <t>A03028689 v8-I.E.S. Mata Jove""</t>
+  </si>
+  <si>
+    <t>A03028690 v8-I.E.S. Monte Naranco""</t>
+  </si>
+  <si>
+    <t>A03028691 v8-I.E.S. Montevil""</t>
+  </si>
+  <si>
+    <t>A03028692 v8-I.E.S. Número 1""</t>
+  </si>
+  <si>
+    <t>A03028693 v8-I.E.S. Número 5""</t>
+  </si>
+  <si>
+    <t>A03028694 v8-I.E.S. Padre Feijoo""</t>
+  </si>
+  <si>
+    <t>A03028695 v8-I.E.S. Pando""</t>
+  </si>
+  <si>
+    <t>A03028696 v8-I.E.S. Peñamayor""</t>
+  </si>
+  <si>
+    <t>A03028697 v8-I.E.S. Pérez de Ayala""</t>
+  </si>
+  <si>
+    <t>A03028698 v8-I.E.S. Ramón Areces""</t>
+  </si>
+  <si>
+    <t>A03028699 v8-I.E.S. Ramón Menéndez Pidal""</t>
+  </si>
+  <si>
+    <t>A03028700 v8-I.E.S. Rey Pelayo""</t>
+  </si>
+  <si>
+    <t>A03028701 v8-I.E.S. Río Nora""</t>
+  </si>
+  <si>
+    <t>A03028702 v8-I.E.S. Río Trubia""</t>
+  </si>
+  <si>
+    <t>A03028703 v8-I.E.S. Roces""</t>
+  </si>
+  <si>
+    <t>A03028704 v8-I.E.S. Rosario Acuña""</t>
+  </si>
+  <si>
+    <t>A03028705 v8-I.E.S. Sánchez Lastra""</t>
+  </si>
+  <si>
+    <t>A03028706 v8-I.E.S. Santa Bárbara""</t>
+  </si>
+  <si>
+    <t>A03028707 v8-I.E.S. Santa Cristina de Lena""</t>
+  </si>
+  <si>
+    <t>A03028708 v8-I.E.S. Selgas""</t>
+  </si>
+  <si>
+    <t>A03028709 v8-I.E.S. Universidad Laboral""</t>
+  </si>
+  <si>
+    <t>A03028710 v8-I.E.S. Valle de Aller""</t>
+  </si>
+  <si>
+    <t>A03028711 v8-I.E.S. Valle de Turón""</t>
+  </si>
+  <si>
+    <t>A03028712 v8-I.E.S. Víctor García de la Concha""</t>
+  </si>
+  <si>
+    <t>A03028713 v8-I.E.S. Virgen de Covadonga""</t>
+  </si>
+  <si>
+    <t>A03028714 v8-I.E.S. Virgen de la Luz""</t>
+  </si>
+  <si>
+    <t>A03028715 v8-Instituto de Educación Secundaria de Candás</t>
+  </si>
+  <si>
+    <t>A03028716 v8-Instituto de Educación Secundaria de Infiesto</t>
+  </si>
+  <si>
+    <t>A03028717 v8-Instituto de Educación Secundaria de Llanes</t>
+  </si>
+  <si>
+    <t>A03028718 v8-Instituto de Educación Secundaria de Noreña</t>
+  </si>
+  <si>
+    <t>A03028720 v8-Instituto de Educación Secundaria de Pravia</t>
+  </si>
+  <si>
+    <t>A03028721 v8-Instituto de Educación Secundaria de Salinas</t>
+  </si>
+  <si>
+    <t>A03050652 v5-Instituto de Educación Secundaria la Florida</t>
+  </si>
+  <si>
+    <t>A03028722 v8-Residencia I.E.S. Concejo de Tineo""</t>
+  </si>
+  <si>
+    <t>A03028886 v5-Servicio de Educación Infantil de 0-3 Años</t>
+  </si>
+  <si>
+    <t>A03045483 v6-Dirección General de Formación Profesional</t>
+  </si>
+  <si>
+    <t>A03051972 v6-Servicio de Enseñanzas Profesionales</t>
+  </si>
+  <si>
+    <t>A03045484 v7-Servicio de Formación Profesional, Innovación y Gestión de Fondos Europeos</t>
+  </si>
+  <si>
     <t xml:space="preserve">A03028887 v2-Dirección General de Inclusión Educativa y Ordenación </t>
   </si>
   <si>
     <t>A03028889 v3-Servicio de Inclusión Educativa y Formación del Profesorado</t>
   </si>
   <si>
     <t>A03028888 v2-Servicio de Ordenación Académica y Evaluación Educativa</t>
   </si>
   <si>
     <t>A03028890 v2-Dirección General de Infraestructuras y Tecnologías Educativas</t>
   </si>
   <si>
     <t>A03028723 v3-Servicio de Infraestructuras Educativas</t>
   </si>
   <si>
     <t>A03028732 v3-Servicio de Tecnologías Educativas</t>
   </si>
   <si>
     <t>A03028724 v1-Dirección General de Personal Docente</t>
   </si>
   <si>
     <t>A03045173 v1-Servicio de Gestión Administrativa y Salud Laboral</t>
   </si>
   <si>
     <t>A03039372 v2-Servicio de Plantillas, Costes de Personal y Relaciones Laborales</t>
   </si>
   <si>
     <t>A03028345 v1-Secretaría General Técnica</t>
   </si>
   <si>
     <t>A03028883 v1-Servicio de Asuntos Generales, Régimen Jurídico y Normativa</t>
   </si>
   <si>
     <t>A03028348 v1-Servicio de Contratación</t>
   </si>
   <si>
     <t>A03028349 v1-Servicio de Gestión Económica</t>
   </si>
   <si>
+    <t>A03028344 v3-Servicio de Inspección Educativa</t>
+  </si>
+  <si>
     <t>A03028310 v3-Consejería de Hacienda, Justicia y Asuntos Europeos</t>
   </si>
   <si>
     <t>A03028869 v3-Dirección General de Asuntos Europeos</t>
   </si>
   <si>
     <t>A03028870 v3-Servicio de Fondos Europeos</t>
   </si>
   <si>
+    <t>A03042673 v5-Servicio del Fondo de Transición Justa</t>
+  </si>
+  <si>
     <t xml:space="preserve">A03019894 v6-Servicio del Fondo Social Europeo Plus </t>
   </si>
   <si>
     <t>A03028867 v4-Dirección General de Patrimonio y Contratación</t>
   </si>
   <si>
     <t>A03003911 v4-Servicio de Contratación Centralizada</t>
   </si>
   <si>
     <t>A03003908 v4-Servicio de Patrimonio</t>
   </si>
   <si>
     <t>A03045432 v2-Servicio de Planificación y Ordenación de la Contratación</t>
   </si>
   <si>
     <t>A03003912 v4-Servicio Técnico de Gestión Patrimonial</t>
   </si>
   <si>
     <t>A03045412 v2-Dirección General de Presupuestos y Finanzas</t>
   </si>
   <si>
     <t>A03045415 v2-Subdirección General de Finanzas y Juego</t>
   </si>
   <si>
     <t>A03016074 v5-Servicio de Financiación Autonómica y Política Tributaria</t>
@@ -423,59 +1839,62 @@
   <si>
     <t>A03045414 v2-Subdirección General de Presupuestos y Sector Público</t>
   </si>
   <si>
     <t>A03003899 v5-Servicio de Análisis y Programación</t>
   </si>
   <si>
     <t>A03016076 v6-Servicio de Estadística</t>
   </si>
   <si>
     <t>A03003900 v5-Servicio de Gestión Presupuestaria</t>
   </si>
   <si>
     <t>A03028866 v6-Servicio de Seguimiento y Control del Sector Público</t>
   </si>
   <si>
     <t>A03023991 v3-Empresa Pública Sociedad de Servicios del Principado de Asturias, S.A.</t>
   </si>
   <si>
     <t>A03005853 v3-Ente Público de Servicios Tributarios del Principado de Asturias</t>
   </si>
   <si>
     <t>A03005923 v3-Dirección General del Ente Público de Servicios Tributarios del Principado</t>
   </si>
   <si>
-    <t>A03039612 v3-Área de Gestión, Información y Asistencia Tributaria</t>
+    <t>A03055301 v1-Área de Gestión Tributaria</t>
   </si>
   <si>
     <t>A03005927 v3-Área de Inspección</t>
   </si>
   <si>
     <t>A03005926 v3-Área de Recaudación</t>
   </si>
   <si>
+    <t>A03055302 v1-Área de Servicios al Administrado</t>
+  </si>
+  <si>
     <t>A03005928 v3-Área de Servicios Generales</t>
   </si>
   <si>
     <t>A03005929 v3-Área de Tecnología de la Información</t>
   </si>
   <si>
     <t>A03024005 v3-Gestión de Infraestructuras Sanitarias del Principado de Asturias, S.A.U.</t>
   </si>
   <si>
     <t>A03003824 v3-Intervención General del Principado de Asturias</t>
   </si>
   <si>
     <t>A03003895 v3-Servicio de Control Financiero</t>
   </si>
   <si>
     <t>A03003893 v3-Servicio de Fiscalización e Intervención</t>
   </si>
   <si>
     <t>A03026597 v3-Servicio de Gestión de la Contabilidad</t>
   </si>
   <si>
     <t>A03003896 v3-Unidad de Control Financiero Permanente I</t>
   </si>
   <si>
     <t>A03003897 v3-Unidad de Control Financiero Permanente II</t>
@@ -495,116 +1914,260 @@
   <si>
     <t>A03028858 v3-Sociedad Asturiana de Estudios Económicos e Industriales, S.A.U. (SADEI)</t>
   </si>
   <si>
     <t>A03024019 v3-Sociedad Regional de Recaudación del Principado de Asturias, S.A.</t>
   </si>
   <si>
     <t>A03028821 v5-Viceconsejería de Justicia</t>
   </si>
   <si>
     <t>A03045433 v2-Servicio de Apoyo Administrativo a la Administración de Justicia</t>
   </si>
   <si>
     <t>A03045434 v2-Servicio de Infraestructuras Judiciales</t>
   </si>
   <si>
     <t>A03022674 v5-Servicio de Justicia del Menor</t>
   </si>
   <si>
     <t>A03022672 v5-Servicio de Relaciones con la Administración de Justicia</t>
   </si>
   <si>
     <t>A03033893 v2-Consejería de Medio Rural y Política Agraria</t>
   </si>
   <si>
+    <t>A03033932 v2-Avilés Isla de la Innovación, S.A.</t>
+  </si>
+  <si>
     <t>A03005860 v2-Comisión Regional del Banco de Tierras</t>
   </si>
   <si>
     <t>A03033902 v3-Dirección General de Agricultura, Agroindustria y Desarrollo Rural</t>
   </si>
   <si>
     <t>A03028914 v4-Servicio de Agroindustria</t>
   </si>
   <si>
     <t>A03033922 v3-Servicio de Desarrollo Rural</t>
   </si>
   <si>
     <t>A03033901 v3-Dirección General de Ganadería y Sanidad Agraria</t>
   </si>
   <si>
     <t>A03041873 v3-Laboratorio de Sanidad Animal y Vegetal</t>
   </si>
   <si>
     <t>A03033921 v3-Servicio de Modernización Agroganadera</t>
   </si>
   <si>
+    <t xml:space="preserve">A03033927 v6-Servicio de Planificación Estratégica de la Política Agrícola Común				</t>
+  </si>
+  <si>
     <t>A03033920 v3-Servicio de Sanidad y Producción Animal</t>
   </si>
   <si>
     <t>A03033903 v3-Dirección General de Gestión Forestal</t>
   </si>
   <si>
     <t>A03003873 v4-Servicio de Gestión Forestal</t>
   </si>
   <si>
     <t>A03028917 v4-Servicio de Infraestructuras Agrarias</t>
   </si>
   <si>
     <t>A03003859 v2-Dirección General de Pesca Marítima</t>
   </si>
   <si>
     <t>A03003877 v2-Servicio de Estructuras Pesqueras</t>
   </si>
   <si>
     <t>A03003876 v2-Servicio de Ordenación Pesquera</t>
   </si>
   <si>
     <t>A03033904 v3-Dirección General de Planificación Agraria</t>
   </si>
   <si>
     <t>A03033923 v5-Servicio de Planificación y de Coordinación de las Oficinas Comarcales</t>
   </si>
   <si>
     <t>A03033925 v3-Servicio de Vida Silvestre</t>
   </si>
   <si>
     <t>A03003854 v2-Secretaría General Técnica</t>
   </si>
   <si>
     <t>A03045452 v1-Servicio de Asuntos Generales y Contratación</t>
   </si>
   <si>
     <t>A03028910 v2-Servicio de Coordinación del Organismo Pagador y Auditoría Interna</t>
   </si>
   <si>
+    <t>A03033892 v6-Consejería de Movilidad, Medio Ambiente y Gestión de Emergencias</t>
+  </si>
+  <si>
+    <t>A03033929 v7-Consorcio de Transportes de Asturias</t>
+  </si>
+  <si>
+    <t>A03028837 v8-Dirección General de Cooperación Local y Seguridad</t>
+  </si>
+  <si>
+    <t>A03052833 v4-Servicio de Interior</t>
+  </si>
+  <si>
+    <t>A03028838 v13-Servicio de Obras Cooperables</t>
+  </si>
+  <si>
+    <t>A03028839 v8-Servicio de Relaciones con las Entidades Locales</t>
+  </si>
+  <si>
+    <t>A03045453 v6-Dirección General de Custodia del Territorio y Prevención de Incendios</t>
+  </si>
+  <si>
+    <t>A03033926 v11-Servicio de Agentes Medioambientales</t>
+  </si>
+  <si>
+    <t>A03052834 v4-Servicio de Gestión del Medio Natural y Prevención de Incendios</t>
+  </si>
+  <si>
+    <t>A03028801 v10-Dirección General de Medio Ambiente</t>
+  </si>
+  <si>
+    <t>A03042674 v10-Servicio de Autorizaciones Ambientales</t>
+  </si>
+  <si>
+    <t>A03028806 v10-Servicio de Control Ambiental</t>
+  </si>
+  <si>
+    <t>A03042675 v10-Servicio de Evaluaciones Ambientales</t>
+  </si>
+  <si>
+    <t>A03028810 v14-Servicio de Gestión, Planificación y Promoción Ambiental</t>
+  </si>
+  <si>
+    <t>A03028812 v14-Servicio de Residuos y Calidad del Aire</t>
+  </si>
+  <si>
+    <t>A03028799 v10-Subdirección General de Planificación y Gestión Ambiental</t>
+  </si>
+  <si>
+    <t>A03038332 v8-Dirección General del Agua</t>
+  </si>
+  <si>
+    <t>A03038333 v8-Servicio de Gestión y Explotación del Agua</t>
+  </si>
+  <si>
+    <t>A03028811 v9-Servicio de Planificación Hidráulica y Calidad del Agua</t>
+  </si>
+  <si>
+    <t>A03028804 v9-Servicio de Proyectos y Obras Hidráulicas</t>
+  </si>
+  <si>
+    <t>A03033933 v7-Gijón al Norte, S.A.</t>
+  </si>
+  <si>
+    <t>A03003849 v6-Secretaría General Técnica</t>
+  </si>
+  <si>
+    <t>A03045473 v5-Servicio de Apoyo Administrativo</t>
+  </si>
+  <si>
+    <t>A03003969 v6-Servicio de Asuntos Generales</t>
+  </si>
+  <si>
+    <t>A03003971 v6-Servicio de Contratación</t>
+  </si>
+  <si>
+    <t>A03033917 v7-Servicio de Expropiaciones</t>
+  </si>
+  <si>
+    <t>A03005855 v7-Servicio de Emergencias del Principado de Asturias</t>
+  </si>
+  <si>
+    <t>A03006011 v7-Gerencia del Servicio de Emergencias del Principado de Asturias</t>
+  </si>
+  <si>
+    <t>A03021785 v7-Área Bomberos de Asturias</t>
+  </si>
+  <si>
+    <t>A03021784 v7-Área 112 Asturias y Protección Civil</t>
+  </si>
+  <si>
+    <t>A03021786 v7-Servicio Jurídico-Económico y Administrativo</t>
+  </si>
+  <si>
+    <t>A03033930 v7-Sociedad Mixta Centro de Transportes de Gijón, S.A.</t>
+  </si>
+  <si>
+    <t>A03033931 v7-Sociedad Mixta Ciudad Asturiana del Transporte, S.A.</t>
+  </si>
+  <si>
+    <t>A03045472 v5-Subdirección General de Prevención de Incendios Forestales</t>
+  </si>
+  <si>
+    <t>A03033905 v9-Viceconsejería de Infraestructuras y Movilidad Sostenible</t>
+  </si>
+  <si>
+    <t>A03033911 v10-Dirección General de Infraestructuras</t>
+  </si>
+  <si>
+    <t>A03033909 v11-Servicio de Conservación de Carreteras</t>
+  </si>
+  <si>
+    <t>A03033908 v11-Servicio de Construcción de Infraestructuras</t>
+  </si>
+  <si>
+    <t>A03033907 v11-Servicio de Explotación de Carreteras</t>
+  </si>
+  <si>
+    <t>A03033914 v15-Servicio de Planificación de la Movilidad, Estudios y Seguridad Vial</t>
+  </si>
+  <si>
+    <t>A03033910 v11-Servicio de Puertos</t>
+  </si>
+  <si>
+    <t>A03045474 v6-Subdirección General de Infraestructuras</t>
+  </si>
+  <si>
+    <t>A03033915 v10-Dirección General de Transportes</t>
+  </si>
+  <si>
+    <t>A03033928 v10-Servicio de Transportes</t>
+  </si>
+  <si>
+    <t>A03033934 v7-Zona de Actividades Logísticas e Industriales de Asturias, S.A. (ZALIA)</t>
+  </si>
+  <si>
     <t>A03028308 v2-Consejería de Presidencia, Reto Demográfico, Igualdad y Turismo</t>
   </si>
   <si>
     <t>A03028856 v2-Consorcio Asturiano de Servicios Tecnológicos</t>
   </si>
   <si>
+    <t>A03053292 v1-Delegado de Protección de Datos</t>
+  </si>
+  <si>
     <t>A03028840 v4-Dirección General de Emigración y Políticas de Retorno</t>
   </si>
   <si>
     <t>A03003884 v4-Servicio de Emigración</t>
   </si>
   <si>
     <t>A03033894 v4-Dirección General de Empleo Público</t>
   </si>
   <si>
     <t>A03033895 v4-Inspección General de Servicios</t>
   </si>
   <si>
     <t>A03033896 v4-Servicio de Administración de Personal</t>
   </si>
   <si>
     <t>A03033897 v4-Servicio de Gestión Económica de Personal</t>
   </si>
   <si>
     <t>A03033898 v5-Servicio de Ordenación y Asesoramiento en Materia de Recursos Humanos</t>
   </si>
   <si>
     <t>A03033899 v4-Servicio de Prevención de Riesgos Laborales</t>
   </si>
   <si>
     <t>A03033900 v4-Servicio de Relaciones Laborales</t>
@@ -699,68 +2262,71 @@
   <si>
     <t>A03024018 v3-Sociedad Pública de Gestión y Promoción Turística y Cultural del Principado de Asturias, S.A.U.</t>
   </si>
   <si>
     <t>A03045292 v1-Subdirección General de Reforma de la Administración</t>
   </si>
   <si>
     <t>A03028939 v5-Viceconsejería de Turismo</t>
   </si>
   <si>
     <t>A03048433 v1-Servicio de Inspección y Disciplina</t>
   </si>
   <si>
     <t>A03028941 v7-Servicio de Ordenación, Innovación y Calidad</t>
   </si>
   <si>
     <t>A03028943 v6-Servicio de Promoción y Sostenibilidad Turística</t>
   </si>
   <si>
     <t>A03028312 v1-Consejería de Salud</t>
   </si>
   <si>
     <t>A03003846 v2-Dirección General de Salud Pública y Atención a la Salud Mental</t>
   </si>
   <si>
-    <t>A03035195 v3-Servicio de Planificación de Salud Mental</t>
+    <t>A03035195 v4-Servicio de Planificación de Salud Mental y Adicciones</t>
+  </si>
+  <si>
+    <t>A03019210 v5-Servicio de Vigilancia de la Salud y Respuesta a Emergencias Sanitarias</t>
   </si>
   <si>
     <t>A03028893 v3-Subdirección General de Salud Pública</t>
   </si>
   <si>
     <t>A03016137 v3-Laboratorio de Salud Pública</t>
   </si>
   <si>
-    <t>A03028892 v3-Servicio de Salud Poblacional</t>
+    <t>A03055092 v1-Servicio de Acción Comunitaria</t>
+  </si>
+  <si>
+    <t>A03055093 v1-Servicio de Programación en Salud</t>
   </si>
   <si>
     <t>A03028894 v3-Servicio de Seguridad Alimentaria y Sanidad Ambiental</t>
   </si>
   <si>
-    <t>A03019210 v3-Servicio de Vigilancia Epidemiológica</t>
-[...1 lines deleted...]
-  <si>
     <t>A03003845 v1-Secretaría General Técnica</t>
   </si>
   <si>
     <t>A03028891 v1-Servicio de Asuntos Generales y Régimen Presupuestario Interno</t>
   </si>
   <si>
     <t>A03003987 v1-Servicio de Asuntos Jurídicos</t>
   </si>
   <si>
     <t>A03003986 v1-Servicio de Personal</t>
   </si>
   <si>
     <t>A03005861 v1-Servicio de Salud del Principado de Asturias</t>
   </si>
   <si>
     <t>A03006358 v1-Área Sanitaria 1</t>
   </si>
   <si>
     <t>A03015579 v1-Hospital Comarcal de Jarrio</t>
   </si>
   <si>
     <t>A03006359 v1-Servicio de Contabilidad Area Sanitaria 1</t>
   </si>
   <si>
     <t>A03006360 v1-Área Sanitaria 2</t>
@@ -813,215 +2379,254 @@
   <si>
     <t>A03006369 v1-Servicio de Contabilidad Area Sanitaria 6</t>
   </si>
   <si>
     <t>A03006370 v1-Área Sanitaria 7</t>
   </si>
   <si>
     <t>A03015582 v1-Hospital V. Álvarez Buylla</t>
   </si>
   <si>
     <t>A03006371 v1-Servicio de Contabilidad Area Sanitaria 7</t>
   </si>
   <si>
     <t>A03006372 v1-Área Sanitaria 8</t>
   </si>
   <si>
     <t>A03015581 v1-Hospital Valle del Nalón</t>
   </si>
   <si>
     <t>A03006373 v1-Servicio de Contabilidad Area Sanitaria 8</t>
   </si>
   <si>
     <t>A03006374 v1-Dirección Gerencia Sespa</t>
   </si>
   <si>
-    <t>A03017133 v1-Dirección de Atención y Evaluación Sanitaria</t>
-[...47 lines deleted...]
-    <t>A03017131 v2-Unidad de Contratación</t>
+    <t>A03055299 v2-Delegado/A de Protección de Datos de Salud y Gestor/A de la Transparencia y del Canal de Denuncias Internas en el Ámbito del Sespa</t>
+  </si>
+  <si>
+    <t>A03017133 v2-Dirección de Atención, Evaluación y Cuidado de la Salud</t>
+  </si>
+  <si>
+    <t>A03006389 v3-Servicio de Atención Móvil de Urgencias (SAMU)</t>
+  </si>
+  <si>
+    <t>A03006384 v3-Subdirección de Atención Hospitalaria</t>
+  </si>
+  <si>
+    <t>A03006387 v3-Servicio de Gestión de Prestaciones</t>
+  </si>
+  <si>
+    <t>A03055273 v1-Unidad de Gestión de Tiempos Asistenciales</t>
+  </si>
+  <si>
+    <t>A03040873 v3-Subdirección de Atención Primaria</t>
+  </si>
+  <si>
+    <t>A03055272 v2-Unidad para el Desarrollo del Plan de Acción de Atención Primaria y Comunitaria</t>
+  </si>
+  <si>
+    <t>A03040872 v3-Subdirección de Cuidados y Coordinación Sociosanitaria</t>
+  </si>
+  <si>
+    <t>A03006386 v5-Unidad de Atención Integral al Paciente en Cuidados Paliativos</t>
+  </si>
+  <si>
+    <t>A03055274 v1-Subdirección de Salud Pública</t>
+  </si>
+  <si>
+    <t>A03055292 v1-Servicio de Programas de Salud Pública</t>
+  </si>
+  <si>
+    <t>A03055294 v1-Servicio de Protección de la Salud en Seguridad Alimentaria y Sanidad Ambiental</t>
+  </si>
+  <si>
+    <t>A03055293 v1-Servicio de Vigilancia de la Salud</t>
+  </si>
+  <si>
+    <t>A03055295 v1-Unidad de Coordinación Asistencial</t>
+  </si>
+  <si>
+    <t>A03040874 v2-Unidad de Farmacia de Salud</t>
+  </si>
+  <si>
+    <t>A03017130 v3-Dirección de Gestión Económico-Financiera</t>
+  </si>
+  <si>
+    <t>A03017131 v4-Subdirección de Central de Compras</t>
+  </si>
+  <si>
+    <t>A03055296 v1-Unidad de Aprovisionamiento y Servicios</t>
+  </si>
+  <si>
+    <t>A03055298 v1-Unidad de Catálogo y Análisis</t>
+  </si>
+  <si>
+    <t>A03040877 v5-Unidad de Contratación Administrativa Central</t>
+  </si>
+  <si>
+    <t>A03040878 v6-Unidad de Gestión de Instalaciones, Obras y Equipamiento</t>
+  </si>
+  <si>
+    <t>A03055297 v1-Unidad Logística</t>
+  </si>
+  <si>
+    <t>A03006377 v3-Subdirección de Gestión</t>
+  </si>
+  <si>
+    <t>A03006378 v3-Servicio de Gestión Contable y Presupuestaria</t>
   </si>
   <si>
     <t>A03017132 v1-Dirección de Profesionales</t>
   </si>
   <si>
     <t>A03040876 v1-Oficina de Coord. de Prevención de Riesgos Laborales y Salud Laboral</t>
   </si>
   <si>
     <t>A03006382 v2-Subdirección de Evaluación y Planificación de Recursos Humanos</t>
   </si>
   <si>
     <t>A03040875 v1-Unidad de Selección de Personal</t>
   </si>
   <si>
     <t>A03017137 v1-Subdirección de Profesionales</t>
   </si>
   <si>
     <t>A03006381 v1-Unidad de Costes y Sistemas de Información de Personal</t>
   </si>
   <si>
     <t>A03040880 v2-Dirección de Salud Mental</t>
   </si>
   <si>
-    <t>A03006390 v3-Servicio de Asistencia Sanitaria en Salud Mental</t>
-[...1 lines deleted...]
-  <si>
     <t>A03046132 v1-Servicio de Continuidad de la Atención en Salud Mental</t>
   </si>
   <si>
+    <t>A03006390 v4-Servicio de Gestión de Áreas Clínicas de Salud Mental</t>
+  </si>
+  <si>
     <t>A03015573 v2-Instituto Nacional de Silicosis</t>
   </si>
   <si>
     <t>A03006391 v1-Secretaría General (SESPA)</t>
   </si>
   <si>
     <t>A03006393 v1-Servicio de Asuntos Generales (SESPA)</t>
   </si>
   <si>
     <t>A03006394 v1-Servicio Jurídico (SESPA)</t>
   </si>
   <si>
+    <t>A03006388 v5-Servicio de Inspección (SESPA)</t>
+  </si>
+  <si>
+    <t>A03017135 v4-Subdirección de Sistemas de Información e Infraestructuras Tecnológicas</t>
+  </si>
+  <si>
+    <t>A03040879 v4-Unidad de Sistemas de Información de Salud</t>
+  </si>
+  <si>
     <t>A03038032 v2-Unidad de Evaluación en Calidad del Servicio de Salud del Principado de Asturias</t>
   </si>
   <si>
     <t>A03045485 v1-Viceconsejería de Política Sanitaria</t>
   </si>
   <si>
     <t>A03028900 v3-Dirección General de Cuidados y Coordinación Sociosanitaria</t>
   </si>
   <si>
     <t>A03028902 v3-Servicio de Atención Centrada en la Persona y Autonomía</t>
   </si>
   <si>
-    <t>A03028901 v4-Servicio de Cuidados en Atención Sociosanitaria</t>
-[...17 lines deleted...]
-    <t>A03003988 v3-Servicio de Obras y Sistemas de Información</t>
+    <t>A03028901 v5-Servicio de Cuidados en Atención Sociosanitaria y Valoración de la Discapacidad</t>
+  </si>
+  <si>
+    <t>A03045557 v2-Dirección General de Planificación, Gestión del Conocimiento y Transformación Digital Sanitaria</t>
+  </si>
+  <si>
+    <t>A03016144 v3-Servicio de Inspección de Servicios y Centros Sanitarios</t>
+  </si>
+  <si>
+    <t>A03028896 v3-Servicio de Planificación y Seguimiento</t>
+  </si>
+  <si>
+    <t>A03055094 v1-Servicio de Sistemas de Información y Transformación Digital</t>
+  </si>
+  <si>
+    <t>A03045558 v2-Servicio de Transformación, Calidad y Gestión del Conocimiento</t>
+  </si>
+  <si>
+    <t>A03016145 v4-Servicio de Farmacia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A03003988 v4-Servicio de Obras </t>
   </si>
   <si>
     <t>A03045152 v1-Consejería Ordenación de Territorio, Urbanismo, Vivienda y Derechos Ciudadanos</t>
   </si>
   <si>
     <t>A03005859 v3-Consejo de la Juventud del Principado de Asturias</t>
   </si>
   <si>
     <t>A03045337 v1-Dirección General de Ordenación del Territorio</t>
   </si>
   <si>
     <t>A03033973 v5-Secretaría de la Comisión de Urbanismo y Ordenación del Territorio del Princ</t>
   </si>
   <si>
     <t>A03045338 v1-Dirección General de Urbanismo</t>
   </si>
   <si>
     <t>A03033974 v5-Servicio de Cartografía</t>
   </si>
   <si>
     <t>A03033975 v5-Servicio de Gestión y Disciplina Urbanística</t>
   </si>
   <si>
     <t>A03003844 v2-Dirección General de Vivienda</t>
   </si>
   <si>
     <t>A03050492 v1-Servicio de Ayudas a la Vivienda</t>
   </si>
   <si>
     <t>A03003983 v2-Servicio de Edificación de Vivienda</t>
   </si>
   <si>
     <t>A03050493 v1-Servicio de Régimen Legal de la Vivienda</t>
   </si>
   <si>
     <t>A03003981 v2-Servicio de Supervisión e Inspección</t>
   </si>
   <si>
     <t>A03010347 v2-Viviendas Promoción Pública</t>
   </si>
   <si>
     <t>A03045334 v1-Secretaría General Técnica</t>
   </si>
   <si>
+    <t>A03045336 v2-Servicio de Apoyo Técnico, Contratación y Seguimiento de Fondos Europeos</t>
+  </si>
+  <si>
     <t>A03045335 v1-Servicio de Asuntos Generales y Expropiaciones</t>
   </si>
   <si>
     <t>A03033954 v2-Sedes, S.A.</t>
   </si>
   <si>
     <t>A03045339 v1-Viceconsejería de Derechos Ciudadanos</t>
   </si>
   <si>
     <t>A03045341 v1-Dirección General de Agenda 2030</t>
   </si>
   <si>
     <t>A03045342 v1-Servicio para la Agenda 2030</t>
   </si>
   <si>
     <t>A03045343 v1-Dirección General de Consumo</t>
   </si>
   <si>
     <t>A03016134 v2-Servicio de Consumo</t>
   </si>
   <si>
     <t>A03016135 v2-Junta Arbitral de Consumo del Principado de Asturias</t>
   </si>
   <si>
     <t>A03033937 v4-Dirección General de Juventud</t>
@@ -1030,1645 +2635,75 @@
     <t>A03033938 v4-Instituto Asturiano de la Juventud</t>
   </si>
   <si>
     <t>A03045340 v1-Dirección General de Memoria Democrática</t>
   </si>
   <si>
     <t>A03028841 v5-Instituto de la Memoria Democrática del Principado de Asturias</t>
   </si>
   <si>
     <t>A03028843 v4-Dirección General de Participación Ciudadana, Transparencia, Diversidad Sexual y Lgtbi</t>
   </si>
   <si>
     <t>A03016065 v5-Servicio de Participación y Atención Ciudadana</t>
   </si>
   <si>
     <t>A03028306 v1-Presidencia del Principado de Asturias</t>
   </si>
   <si>
     <t>A03028739 v1-Gabinete de la Presidencia</t>
   </si>
   <si>
     <t>A03028740 v1-Oficina de Comunicación del Gobierno</t>
   </si>
   <si>
     <t>A03052612 v1-Oficina Económica de la Presidencia</t>
-  </si>
-[...1567 lines deleted...]
-    <t>A03054873 v1-E.E.I. La Oliva de Villaviciosa""</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
       <sz val="18"/>
       <color theme="3"/>
-      <name val="Cambria"/>
+      <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2742,51 +2777,51 @@
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="34">
+  <fills count="33">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC99"/>
       </patternFill>
@@ -2922,56 +2957,50 @@
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
   <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.499984740745262"/>
       </bottom>
@@ -3089,57 +3118,53 @@
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="33" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="16" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20% - Énfasis1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Bueno" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Cálculo" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Celda de comprobación" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Celda vinculada" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Encabezado 1" xfId="2" builtinId="16" customBuiltin="1"/>
@@ -3169,4678 +3194,4695 @@
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H855"/>
+  <dimension ref="A1:G873"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="L17" sqref="L17"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
-[...3 lines deleted...]
-  </cols>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:8" s="3" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="3" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:8" s="5" customFormat="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-      <c r="B3" s="3" t="s">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B2" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D5" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C6" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C7" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C8" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D9" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D10" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C11" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C15" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D16" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="17" spans="3:7" x14ac:dyDescent="0.25">
+      <c r="D17" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="18" spans="3:7" x14ac:dyDescent="0.25">
+      <c r="C18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="19" spans="3:7" x14ac:dyDescent="0.25">
+      <c r="D19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="3:7" x14ac:dyDescent="0.25">
+      <c r="C20" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="21" spans="3:7" x14ac:dyDescent="0.25">
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="22" spans="3:7" x14ac:dyDescent="0.25">
+      <c r="E22" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="23" spans="3:7" x14ac:dyDescent="0.25">
+      <c r="F23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="24" spans="3:7" x14ac:dyDescent="0.25">
+      <c r="G24" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="25" spans="3:7" x14ac:dyDescent="0.25">
+      <c r="G25" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="26" spans="3:7" x14ac:dyDescent="0.25">
+      <c r="F26" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="27" spans="3:7" x14ac:dyDescent="0.25">
+      <c r="F27" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="28" spans="3:7" x14ac:dyDescent="0.25">
+      <c r="E28" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="29" spans="3:7" x14ac:dyDescent="0.25">
+      <c r="F29" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="30" spans="3:7" x14ac:dyDescent="0.25">
+      <c r="F30" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="31" spans="3:7" x14ac:dyDescent="0.25">
+      <c r="F31" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="32" spans="3:7" x14ac:dyDescent="0.25">
+      <c r="F32" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="33" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="F33" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="34" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="F34" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="35" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="E35" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="36" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="F36" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="37" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="F37" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="38" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="F38" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="39" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="F39" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="40" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="F40" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="41" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C41" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="42" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C42" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="43" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C43" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="44" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C44" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="45" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C45" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="46" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C46" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="47" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C47" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="48" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C48" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="49" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="C49" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="50" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="C50" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="51" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D51" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="52" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D52" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="53" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D53" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="54" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="C54" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="55" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D55" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="56" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D56" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="57" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D57" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="58" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D58" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="59" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D59" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="60" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D60" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="61" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D61" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="62" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D62" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="63" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D63" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="64" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="C64" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="65" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C65" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="66" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D66" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="67" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C67" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="68" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C68" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="69" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D69" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="70" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E70" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="71" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E71" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="72" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E72" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="73" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D73" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="74" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D74" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="75" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D75" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="76" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D76" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="77" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B77" s="1" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="78" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C78" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="79" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C79" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="80" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C80" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="81" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C81" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="82" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D82" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="83" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D83" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="84" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C84" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="85" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D85" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="86" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D86" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="87" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E87" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="88" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E88" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="89" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E89" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="90" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E90" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="91" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C91" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="92" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D92" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="93" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D93" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="94" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D94" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="95" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D95" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="96" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D96" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="97" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E97" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="98" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C98" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="99" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C99" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="100" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C100" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="101" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C101" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="102" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C102" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="103" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C103" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="104" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D104" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="105" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D105" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="106" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C106" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="107" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B107" s="1" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="108" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C108" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="109" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D109" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="110" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C110" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="111" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D111" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="112" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D112" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="113" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D113" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="114" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C114" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="115" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D115" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="116" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C116" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="117" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D117" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="118" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C118" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="119" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D119" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="120" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D120" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="121" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C121" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="122" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D122" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="123" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D123" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="124" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D124" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="125" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D125" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="126" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E126" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="127" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D127" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="128" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D128" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="129" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D129" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="130" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D130" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="131" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D131" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="132" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D132" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="133" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D133" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="134" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D134" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="135" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D135" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="136" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D136" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="137" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D137" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="138" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D138" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="139" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D139" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="140" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D140" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="141" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D141" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="142" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D142" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="143" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D143" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="144" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D144" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="145" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D145" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="146" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D146" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="147" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D147" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="148" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D148" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="149" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D149" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="150" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D150" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="151" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D151" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="152" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D152" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="153" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D153" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="154" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D154" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="155" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D155" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="156" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D156" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="157" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D157" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="158" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D158" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="159" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D159" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="160" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D160" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="161" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D161" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="162" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C162" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="163" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D163" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="164" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C164" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="165" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C165" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="166" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D166" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="167" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D167" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="168" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D168" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="169" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D169" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="170" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D170" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="171" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D171" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="172" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B172" s="1" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="173" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C173" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="174" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C174" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="175" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C175" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="176" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C176" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="177" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="D177" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="178" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E178" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="179" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E179" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="180" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E180" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="181" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E181" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="182" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E182" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="183" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E183" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="184" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E184" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="185" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E185" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="186" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E186" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="187" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E187" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="188" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E188" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="189" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E189" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="190" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E190" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="191" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E191" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="192" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E192" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="193" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E193" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="194" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E194" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="195" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E195" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="196" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E196" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="197" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E197" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="198" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E198" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="199" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E199" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="200" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E200" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="201" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E201" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="202" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E202" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="203" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E203" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="204" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E204" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="205" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E205" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="206" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E206" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="207" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E207" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="208" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E208" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="209" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E209" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="210" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E210" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="211" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E211" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="212" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E212" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="213" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E213" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="214" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E214" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="215" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E215" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="216" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E216" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="217" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E217" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="218" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E218" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="219" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E219" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="220" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E220" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="221" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E221" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="222" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E222" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="223" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E223" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="224" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E224" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="225" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E225" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="226" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E226" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="227" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E227" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="228" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E228" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="229" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E229" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="230" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E230" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="231" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E231" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="232" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E232" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="233" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E233" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="234" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E234" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="235" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E235" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="236" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E236" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="237" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E237" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="238" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E238" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="239" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E239" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="240" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E240" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="241" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E241" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="242" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E242" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="243" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E243" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="244" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E244" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="245" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E245" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="246" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E246" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="247" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E247" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="248" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E248" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="249" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E249" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="250" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E250" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="251" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E251" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="252" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E252" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="253" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E253" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="254" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E254" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="255" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E255" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="256" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E256" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="257" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E257" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="258" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E258" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="259" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E259" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="260" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E260" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="261" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E261" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="262" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E262" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="263" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E263" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="264" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E264" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="265" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E265" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="266" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E266" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="267" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E267" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="268" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E268" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="269" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E269" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="270" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E270" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="271" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E271" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="272" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E272" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="273" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E273" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="274" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E274" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="275" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E275" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="276" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E276" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="277" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E277" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="278" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E278" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="279" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E279" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="280" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E280" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="281" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E281" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="282" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E282" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="283" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E283" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="284" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E284" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="285" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E285" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="286" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E286" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="287" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E287" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="288" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E288" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="289" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E289" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="290" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E290" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="291" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E291" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="292" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E292" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="293" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E293" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="294" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E294" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="295" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E295" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="296" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E296" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="297" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E297" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="298" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E298" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="299" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E299" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="300" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E300" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="301" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E301" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="302" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E302" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="303" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E303" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="304" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E304" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="305" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E305" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="306" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E306" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="307" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E307" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="308" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E308" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="309" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E309" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="310" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E310" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="311" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E311" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="312" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E312" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="313" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E313" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="314" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E314" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="315" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E315" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="316" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E316" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="317" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E317" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="318" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E318" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="319" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E319" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="320" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E320" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="321" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E321" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="322" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E322" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="323" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E323" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="324" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E324" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="325" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E325" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="326" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E326" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="327" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E327" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="328" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E328" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="329" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E329" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="330" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E330" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="331" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E331" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="332" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E332" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="333" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E333" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="334" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E334" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="335" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E335" t="s">
         <v>334</v>
       </c>
-      <c r="C3" s="3"/>
-[...7 lines deleted...]
-      <c r="C4" t="s">
+    </row>
+    <row r="336" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E336" t="s">
         <v>335</v>
       </c>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="C5" t="s">
+    <row r="337" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E337" t="s">
         <v>336</v>
       </c>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="C6" t="s">
+    <row r="338" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E338" t="s">
         <v>337</v>
       </c>
     </row>
-    <row r="7" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.35">
-[...218 lines deleted...]
-      <c r="C48" s="2" t="s">
+    <row r="339" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E339" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="340" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E340" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="341" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E341" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="342" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E342" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="343" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E343" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="344" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E344" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="345" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E345" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="346" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E346" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="347" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E347" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="348" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E348" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="349" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E349" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="350" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E350" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="351" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E351" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="352" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E352" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="353" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E353" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="354" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E354" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="355" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E355" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="356" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E356" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="357" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E357" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="358" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E358" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="359" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E359" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="360" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E360" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="361" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E361" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="362" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E362" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="363" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E363" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="364" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E364" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="365" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E365" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="366" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E366" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="367" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E367" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="368" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E368" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="369" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E369" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="370" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E370" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="371" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E371" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="372" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E372" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="373" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E373" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="374" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E374" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="375" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E375" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="376" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E376" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="377" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E377" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="378" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E378" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="379" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E379" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="380" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E380" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="381" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E381" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="382" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E382" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="383" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E383" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="384" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E384" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="385" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E385" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="386" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E386" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="387" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E387" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="388" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E388" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="389" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E389" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="390" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E390" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="391" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E391" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="392" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E392" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="393" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E393" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="394" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E394" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="395" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E395" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="396" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E396" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="397" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E397" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="398" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E398" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="399" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E399" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="400" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E400" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="401" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E401" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="402" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E402" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="403" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E403" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="404" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E404" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="405" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E405" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="406" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E406" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="407" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E407" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="408" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E408" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="409" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E409" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="410" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E410" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="411" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E411" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="412" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E412" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="413" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E413" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="414" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E414" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="415" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E415" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="416" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E416" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="417" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E417" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="418" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E418" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="419" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E419" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="420" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E420" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="421" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E421" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="422" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E422" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="423" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E423" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="424" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E424" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="425" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E425" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="426" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E426" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="427" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E427" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="428" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E428" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="429" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E429" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="430" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E430" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="431" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E431" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="432" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E432" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="433" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E433" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="434" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E434" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="435" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E435" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="436" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E436" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="437" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E437" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="438" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E438" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="439" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E439" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="440" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E440" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="441" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E441" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="442" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E442" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="443" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E443" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="444" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E444" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="445" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E445" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="446" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E446" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="447" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E447" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="448" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E448" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="449" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E449" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="450" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E450" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="451" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E451" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="452" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E452" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="453" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E453" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="454" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E454" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="455" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E455" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="456" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E456" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="457" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E457" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="458" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E458" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="459" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E459" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="460" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E460" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="461" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E461" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="462" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E462" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="463" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E463" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="464" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E464" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="465" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E465" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="466" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E466" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="467" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E467" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="468" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E468" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="469" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E469" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="470" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E470" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="471" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E471" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="472" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E472" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="473" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E473" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="474" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E474" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="475" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E475" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="476" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E476" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="477" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E477" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="478" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E478" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="479" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E479" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="480" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E480" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="481" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E481" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="482" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E482" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="483" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E483" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="484" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E484" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="485" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E485" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="486" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E486" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="487" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E487" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="488" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E488" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="489" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E489" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="490" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E490" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="491" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E491" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="492" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E492" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="493" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E493" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="494" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E494" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="495" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E495" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="496" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E496" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="497" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E497" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="498" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E498" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="499" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E499" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="500" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E500" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="501" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E501" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="502" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E502" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="503" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E503" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="504" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E504" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="505" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E505" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="506" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E506" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="507" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E507" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="508" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E508" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="509" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E509" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="510" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E510" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="511" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E511" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="512" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E512" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="513" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E513" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="514" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E514" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="515" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E515" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="516" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E516" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="517" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E517" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="518" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E518" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="519" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E519" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="520" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E520" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="521" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E521" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="522" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E522" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="523" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E523" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="524" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E524" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="525" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E525" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="526" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E526" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="527" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E527" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="528" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E528" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="529" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E529" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="530" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E530" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="531" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E531" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="532" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E532" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="533" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E533" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="534" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E534" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="535" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E535" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="536" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E536" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="537" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E537" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="538" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E538" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="539" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E539" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="540" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E540" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="541" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E541" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="542" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E542" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="543" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E543" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="544" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E544" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="545" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E545" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="546" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E546" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="547" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E547" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="548" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E548" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="549" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E549" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="550" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E550" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="551" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E551" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="552" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E552" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="553" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E553" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="554" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E554" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="555" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E555" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="556" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E556" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="557" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E557" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="558" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E558" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="559" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E559" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="560" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E560" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="561" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E561" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="562" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E562" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="563" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E563" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="564" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E564" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="565" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D565" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="566" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C566" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="567" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D567" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="568" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D568" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="569" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C569" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="570" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D570" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="571" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D571" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="572" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C572" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="573" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D573" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="574" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D574" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="575" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C575" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="576" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D576" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="577" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D577" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="578" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C578" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="579" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D579" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="580" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D580" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="581" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D581" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="582" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C582" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="583" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B583" s="1" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="584" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C584" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="585" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D585" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="586" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D586" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="587" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D587" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="588" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C588" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="589" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D589" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="590" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D590" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="591" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D591" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="592" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D592" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="593" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C593" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="594" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D594" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="595" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E595" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="596" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E596" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="597" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E597" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="598" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E598" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="599" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E599" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="600" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D600" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="601" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E601" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="602" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E602" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="603" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E603" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="604" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E604" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="605" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C605" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="606" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C606" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="607" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D607" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="608" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E608" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="609" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E609" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="610" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E610" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="611" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E611" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="612" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E612" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="613" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E613" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="614" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C614" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="615" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C615" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="616" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D616" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="617" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D617" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="618" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D618" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="619" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D619" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="620" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D620" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="621" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D621" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="622" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C622" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="623" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D623" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="624" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D624" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="625" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C625" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="626" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C626" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="627" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C627" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="628" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D628" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="629" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D629" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="630" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D630" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="631" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D631" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="632" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B632" s="1" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="633" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C633" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="634" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C634" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="635" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C635" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="636" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D636" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="637" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D637" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="638" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C638" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="639" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D639" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="640" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D640" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="641" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D641" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="642" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D642" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="643" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C643" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="644" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D644" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="645" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D645" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="646" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C646" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="647" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D647" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="648" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D648" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="649" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C649" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="650" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D650" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="651" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D651" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="652" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C652" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="653" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D653" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="654" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D654" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="655" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B655" s="1" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="656" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C656" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="657" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="C657" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="658" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D658" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="659" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D659" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="660" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D660" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="661" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="C661" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="662" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D662" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="663" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D663" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="664" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="C664" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="665" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D665" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="666" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D666" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="667" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D667" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="668" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D668" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="669" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D669" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="670" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D670" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="671" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="C671" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="672" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D672" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="673" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D673" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="674" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D674" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="675" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C675" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="676" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C676" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="677" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D677" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="678" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D678" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="679" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D679" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="680" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D680" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="681" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C681" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="682" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D682" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="683" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E683" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="684" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E684" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="685" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E685" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="686" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C686" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="687" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C687" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="688" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C688" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="689" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C689" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="690" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D690" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="691" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E691" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="692" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E692" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="693" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E693" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="694" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E694" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="695" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E695" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="696" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E696" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="697" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D697" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="698" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E698" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="699" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C699" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="700" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B700" s="1" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="701" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C701" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="702" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C702" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="703" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C703" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="704" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D704" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="705" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="C705" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="706" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D706" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="707" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D707" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="708" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D708" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="709" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D709" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="710" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D710" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="711" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D711" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="712" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D712" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="713" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="C713" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="714" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D714" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="715" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D715" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="716" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D716" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="717" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D717" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="718" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D718" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="719" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="C719" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="720" spans="3:4" x14ac:dyDescent="0.25">
+      <c r="D720" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="721" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D721" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="722" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C722" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="723" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D723" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="724" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D724" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="725" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D725" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="726" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C726" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="727" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D727" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="728" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C728" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="729" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C729" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="730" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D730" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="731" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D731" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="732" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E732" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="733" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D733" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="734" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C734" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="735" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C735" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="736" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D736" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="737" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D737" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="738" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D738" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="739" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D739" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="740" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C740" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="741" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C741" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="742" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C742" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="743" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C743" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="744" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D744" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="745" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D745" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="746" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D746" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="747" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B747" s="1" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="748" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C748" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="749" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D749" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="750" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D750" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="751" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D751" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="752" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E752" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="753" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E753" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="754" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E754" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="755" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E755" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="756" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C756" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="757" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D757" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="758" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D758" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="759" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D759" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="760" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C760" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="761" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D761" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="762" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E762" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="763" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E763" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="764" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D764" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="765" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E765" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="766" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E766" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="767" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="D767" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="768" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="E768" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="769" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E769" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="770" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="D770" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="771" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E771" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="772" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E772" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="773" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E773" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="774" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E774" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="775" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="D775" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="776" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E776" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="777" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E777" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="778" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="D778" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="779" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E779" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="780" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E780" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="781" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="D781" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="782" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E782" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="783" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="E783" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="784" spans="4:5" x14ac:dyDescent="0.25">
+      <c r="D784" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="785" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="E785" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="786" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="E786" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="787" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D787" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="788" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="E788" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="789" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="E789" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="790" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="F790" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="791" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="F791" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="792" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="G792" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="793" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="G793" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="794" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="F794" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="795" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="G795" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="796" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="F796" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="797" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="G797" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="798" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="F798" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="799" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="G799" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="800" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="G800" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="801" spans="5:7" x14ac:dyDescent="0.25">
+      <c r="G801" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="802" spans="5:7" x14ac:dyDescent="0.25">
+      <c r="F802" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="803" spans="5:7" x14ac:dyDescent="0.25">
+      <c r="F803" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="804" spans="5:7" x14ac:dyDescent="0.25">
+      <c r="E804" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="805" spans="5:7" x14ac:dyDescent="0.25">
+      <c r="F805" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="806" spans="5:7" x14ac:dyDescent="0.25">
+      <c r="G806" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="807" spans="5:7" x14ac:dyDescent="0.25">
+      <c r="G807" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="808" spans="5:7" x14ac:dyDescent="0.25">
+      <c r="G808" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="809" spans="5:7" x14ac:dyDescent="0.25">
+      <c r="G809" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="810" spans="5:7" x14ac:dyDescent="0.25">
+      <c r="G810" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="811" spans="5:7" x14ac:dyDescent="0.25">
+      <c r="F811" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="812" spans="5:7" x14ac:dyDescent="0.25">
+      <c r="G812" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="813" spans="5:7" x14ac:dyDescent="0.25">
+      <c r="E813" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="814" spans="5:7" x14ac:dyDescent="0.25">
+      <c r="F814" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="815" spans="5:7" x14ac:dyDescent="0.25">
+      <c r="F815" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="816" spans="5:7" x14ac:dyDescent="0.25">
+      <c r="G816" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="817" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="F817" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="818" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="F818" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="819" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="E819" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="820" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="F820" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="821" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="F821" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="822" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="E822" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="823" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="E823" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="824" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="F824" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="825" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="F825" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="826" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="E826" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="827" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="E827" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="828" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="F828" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="829" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="E829" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="830" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C830" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="831" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="D831" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="832" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="E832" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="833" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E833" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="834" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D834" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="835" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E835" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="836" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E836" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="837" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E837" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="838" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E838" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="839" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D839" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="840" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D840" t="s">
         <v>839</v>
       </c>
     </row>
-    <row r="49" spans="2:4" x14ac:dyDescent="0.35">
-[...280 lines deleted...]
-      <c r="D105" t="s">
+    <row r="841" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B841" s="1" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="842" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C842" t="s">
         <v>841</v>
       </c>
-      <c r="E105" t="s">
+    </row>
+    <row r="843" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C843" t="s">
         <v>842</v>
       </c>
     </row>
-    <row r="106" spans="2:5" x14ac:dyDescent="0.35">
-[...1445 lines deleted...]
-      <c r="E395" t="s">
+    <row r="844" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D844" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="845" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C845" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="846" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D846" t="s">
         <v>845</v>
       </c>
-      <c r="F395" t="s">
-[...824 lines deleted...]
-      <c r="E560" t="s">
+    </row>
+    <row r="847" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D847" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="848" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C848" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="849" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="D849" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="850" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="D850" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="851" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="D851" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="852" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="D852" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="853" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="D853" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="854" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C854" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="855" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="D855" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="856" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="D856" t="s">
         <v>855</v>
       </c>
     </row>
-    <row r="561" spans="5:5" x14ac:dyDescent="0.35">
-[...85 lines deleted...]
-      <c r="E578" t="s">
+    <row r="857" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C857" t="s">
         <v>856</v>
       </c>
     </row>
-    <row r="579" spans="5:5" x14ac:dyDescent="0.35">
-      <c r="E579" t="s">
+    <row r="858" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C858" t="s">
         <v>857</v>
       </c>
     </row>
-    <row r="580" spans="5:5" x14ac:dyDescent="0.35">
-      <c r="E580" t="s">
+    <row r="859" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="D859" t="s">
         <v>858</v>
       </c>
     </row>
-    <row r="581" spans="5:5" x14ac:dyDescent="0.35">
-      <c r="E581" t="s">
+    <row r="860" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="E860" t="s">
         <v>859</v>
       </c>
     </row>
-    <row r="582" spans="5:5" x14ac:dyDescent="0.35">
-      <c r="E582" t="s">
+    <row r="861" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="D861" t="s">
         <v>860</v>
       </c>
     </row>
-    <row r="583" spans="5:5" x14ac:dyDescent="0.35">
-[...1388 lines deleted...]
-      <c r="E855" s="4"/>
+    <row r="862" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="E862" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="863" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="F863" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="864" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="D864" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="865" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E865" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="866" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D866" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="867" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E867" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="868" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="D868" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="869" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E869" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="870" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B870" s="1" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="871" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C871" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="872" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C872" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="873" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C873" t="s">
+        <v>872</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>DIR3_2025_11_11</vt:lpstr>
+      <vt:lpstr>20260212112820_unidadesOrganica</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>MARIA DE CARMEN FERNANDEZ VEGA</dc:creator>
+  <dc:creator>CELIAMFA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>